--- v0 (2025-10-20)
+++ v1 (2025-11-24)
@@ -4,119 +4,116 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fishjl\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B464D2B5-FDC4-4A56-BEED-7C8926646989}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D20AAB2E-7687-4C88-AB2A-570249F7C808}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{C3B6FEE4-BC47-4D3A-A232-78B565EC4B58}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="260">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
   <si>
     <t>Company Name:</t>
   </si>
   <si>
     <t>ABC Cutting Contractors of Jacksonville, Inc.</t>
   </si>
   <si>
     <t>Acousti Eng. Co. of Florida</t>
   </si>
   <si>
     <t>ADS, LLC.</t>
   </si>
   <si>
     <t>Advanced Turbine Support, llc.</t>
   </si>
   <si>
     <t>Advantage Contracting Group Inc.</t>
   </si>
   <si>
     <t>A-Line EDS, Inc.</t>
   </si>
   <si>
     <t>Allied Power Group, llc</t>
   </si>
   <si>
     <t>ANAMAR Environmental Consulting, Inc.</t>
   </si>
   <si>
     <t>Aptim Environmental &amp; Infrastructure, LLC</t>
   </si>
   <si>
     <t>Beyel Brothers, Inc.</t>
   </si>
   <si>
     <t>Bremco</t>
   </si>
   <si>
-    <t>Bristol Environmental Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Corecon Solutions LLC</t>
   </si>
   <si>
     <t>CROM, LLC</t>
   </si>
   <si>
     <t>Dugan &amp; Meyers</t>
   </si>
   <si>
     <t>Eletcol LLC.</t>
   </si>
   <si>
     <t>G.T.G. Overhauling Services</t>
   </si>
   <si>
     <t>GEC Trucking &amp; Construction Inc</t>
   </si>
   <si>
     <t>HVA P&amp;C Inc.</t>
   </si>
   <si>
     <t>Hydromax USA LLC</t>
   </si>
   <si>
     <t>JOHN WOODY, INC.</t>
@@ -226,266 +223,245 @@
   <si>
     <t>D.B. Construction Services, Inc.</t>
   </si>
   <si>
     <t>W.W. Gay Mechanical Contractor, Inc</t>
   </si>
   <si>
     <t>5 Star Electric LLC</t>
   </si>
   <si>
     <t>Ferreira Construction Co., Inc.</t>
   </si>
   <si>
     <t>JB Coxwell Contracting, Inc.</t>
   </si>
   <si>
     <t>Unitherm</t>
   </si>
   <si>
     <t>Applied Technical Services, LLC</t>
   </si>
   <si>
     <t>FLORIDA MECHANICAL SYSTEMS INC.</t>
   </si>
   <si>
-    <t>A Crane Rental LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Babcock &amp; Wilcox Field Engineering Services</t>
   </si>
   <si>
     <t>E. Vaughan Rivers, Inc.</t>
   </si>
   <si>
     <t>French &amp; Company, Inc.</t>
   </si>
   <si>
     <t>R.M. Myers Company, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Ruby-Collins, Inc </t>
   </si>
   <si>
     <t>Siemens Energy Inc</t>
   </si>
   <si>
-    <t>Sundt Construction</t>
-[...1 lines deleted...]
-  <si>
     <t>Eddy Current Specialists, Inc.</t>
   </si>
   <si>
     <t>ENTACT, LLC</t>
   </si>
   <si>
     <t>National Engineering &amp; Repair Corp</t>
   </si>
   <si>
     <t>Ray Ware Hardware Inc.</t>
   </si>
   <si>
-    <t>Moran Environmental Recovery, LLC (MER) aka Fleet Environmental Services, LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>UCC Environmental</t>
   </si>
   <si>
     <t>Warren Asphalt Inc.</t>
   </si>
   <si>
     <t>Coker Industrial Contractors / Coker Crane &amp; Rigging</t>
   </si>
   <si>
     <t>Control Southern Inc</t>
   </si>
   <si>
     <t>Hubbell Incorporated</t>
   </si>
   <si>
     <t>Youngquist Brothers, LLC</t>
   </si>
   <si>
     <t xml:space="preserve">ACE FABRICATIONS LLC </t>
   </si>
   <si>
     <t>Alpha Omega Training and Compliace, Inc</t>
   </si>
   <si>
     <t>Eagle Lawn Care of NE Florida, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Forshees Tree Service </t>
   </si>
   <si>
     <t>Midland Florida LLC</t>
   </si>
   <si>
     <t>Petticoat-Schmitt</t>
   </si>
   <si>
-    <t>Spectra Holdings, Inc.  dba Spectra Contract Flooring</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Heart Utilities of Jacksonville </t>
   </si>
   <si>
     <t>Southeast Window Coverings</t>
   </si>
   <si>
     <t>TNL Underground Corp</t>
   </si>
   <si>
     <t xml:space="preserve">Smith Brothers Plastering Co, Inc. </t>
   </si>
   <si>
     <t>BUILDING ENVELOPE CONSULTANTS AND SCIENTISTS, LLC</t>
   </si>
   <si>
     <t>A TO Z CONTRACTING &amp; PLUMBING</t>
   </si>
   <si>
     <t>TB Landmark Construction, Inc.</t>
   </si>
   <si>
     <t>Southern Wall Specialties, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Surveying And Mapping LLC </t>
   </si>
   <si>
     <t>MMLM Inc. dba Big T Concrete Cutting</t>
   </si>
   <si>
     <t>LGG Industrial Holdings, Inc.</t>
   </si>
   <si>
     <t>Eocene Environmental Group Inc.</t>
   </si>
   <si>
     <t>Jax Dirtworks, Inc.</t>
   </si>
   <si>
     <t>Jimco Site Services Inc.</t>
   </si>
   <si>
     <t>Diversified Substation Construction, LLC.</t>
   </si>
   <si>
-    <t>Hotspray Industrial Coatings, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Synergy Rents, LLC</t>
   </si>
   <si>
     <t>USSI, LLC</t>
   </si>
   <si>
     <t>Camin Cargo Control, Inc.</t>
   </si>
   <si>
     <t>Y E C Masonry Corp.</t>
   </si>
   <si>
     <t>Anderson Diving Inc. dba Logan Diving &amp; Salvage</t>
   </si>
   <si>
     <t>Cajun Installation &amp; Distributing Inc.</t>
   </si>
   <si>
     <t>D and J Erosion Control Specialists, Inc.</t>
   </si>
   <si>
     <t>DOWNSTREAM COMPANY INC</t>
   </si>
   <si>
     <t>E. F. Lea Electrical Contractor, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Facility Automation Solutions, Inc. </t>
   </si>
   <si>
     <t>G.A. West &amp; Co., Inc.</t>
   </si>
   <si>
     <t>Grovin Farms LLC</t>
   </si>
   <si>
     <t>Horizon Pipe</t>
   </si>
   <si>
     <t>IMC Fire Protection, LLC</t>
   </si>
   <si>
     <t>Jax Utilities Management, Inc.</t>
   </si>
   <si>
-    <t>JBrown Professional Group, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Landscape Construction LLC </t>
   </si>
   <si>
     <t>Mechanical Dynamics &amp; Analysis LLC</t>
   </si>
   <si>
     <t>Meskel &amp; Associates Engineering, PLLC</t>
   </si>
   <si>
     <t>Precon Corporation</t>
   </si>
   <si>
     <t>Pyramid Masonry Contractors, Inc.</t>
   </si>
   <si>
     <t>Recovery Roofing, Inc</t>
   </si>
   <si>
     <t>Specified Architectural Systems</t>
   </si>
   <si>
     <t>The O Edwards Company Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Thigpen Heating &amp; Cooling, Inc. </t>
   </si>
   <si>
     <t>VMG Construction Inc.</t>
   </si>
   <si>
     <t>Xylem Inc.</t>
   </si>
   <si>
     <t>ABB Inc.</t>
   </si>
   <si>
     <t>Bermex Metering Services</t>
   </si>
   <si>
-    <t>Besch and Smith Civil Group, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>BrandSafway Solutions LLC,</t>
   </si>
   <si>
     <t>Childers Roofing &amp; Sheet Metal, A Tecta America Company LLC</t>
   </si>
   <si>
     <t>Concrete Profiles Inc</t>
   </si>
   <si>
     <t>EJCON Corporation</t>
   </si>
   <si>
     <t>Environmental Services by J.D.B. LLC.</t>
   </si>
   <si>
     <t>G4 Holding Jax, LLC dba George P. Coyle and Sons</t>
   </si>
   <si>
     <t>J Gray &amp; Associates</t>
   </si>
   <si>
     <t>J. Williams Industrial Group, Inc.</t>
   </si>
   <si>
     <t>M.A. E CONTRACTING LLC</t>
@@ -526,53 +502,50 @@
   <si>
     <t>Nalco Company, LLC AKA Ecolab Inc.</t>
   </si>
   <si>
     <t>The Colt Group Holdings LLC</t>
   </si>
   <si>
     <t>Ferber Sheet Metal Works, Inc.</t>
   </si>
   <si>
     <t>9680 Contract Carpet, Inc.</t>
   </si>
   <si>
     <t>Clean Harbors Environmental Services</t>
   </si>
   <si>
     <t>S. David Flooring LLC</t>
   </si>
   <si>
     <t>Vector Power LLC</t>
   </si>
   <si>
     <t>D. J. Contracting of Jacksonville, Inc.</t>
   </si>
   <si>
-    <t>M. Gay Constructors, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Vallencourt, Inc. </t>
   </si>
   <si>
     <t>ACF Holdings of Tampa Bay, Inc.</t>
   </si>
   <si>
     <t>Atlantic Plant Maintenance, Inc.</t>
   </si>
   <si>
     <t>Blanchard Caulking &amp; Coating</t>
   </si>
   <si>
     <t xml:space="preserve">C&amp; C Powerline </t>
   </si>
   <si>
     <t>Copper and Cable Electric Co., LLC</t>
   </si>
   <si>
     <t>Generator Source, LLC</t>
   </si>
   <si>
     <t>Iris Power</t>
   </si>
   <si>
     <t xml:space="preserve">M &amp; J Striping, Inc. </t>
@@ -592,53 +565,50 @@
   <si>
     <t>W.Gardner, LLC -OBA -3D Concrete Solutions</t>
   </si>
   <si>
     <t xml:space="preserve">Superior Millwork Company </t>
   </si>
   <si>
     <t xml:space="preserve">Above All Ceilings Inc </t>
   </si>
   <si>
     <t>Acon Construction Company Inc.</t>
   </si>
   <si>
     <t>ADVANCE INDUSTRIAL COATINGS LLC</t>
   </si>
   <si>
     <t>Atlantic Pipe Services, LLC.</t>
   </si>
   <si>
     <t>Auld &amp; White Constructors</t>
   </si>
   <si>
     <t>Azuria Water Solutions, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">Freida Window Systems, Inc </t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Groome Industrial Service Group, LLC </t>
   </si>
   <si>
     <t>HYPOWER, LLC</t>
   </si>
   <si>
     <t>KUDZUE 3 TRUCKING, INC.</t>
   </si>
   <si>
     <t>MAC PRODUCTS</t>
   </si>
   <si>
     <t xml:space="preserve">Pars Construction Services, LLC. </t>
   </si>
   <si>
     <t>Rountree Transport &amp; Rigging Inc</t>
   </si>
   <si>
     <t>Waddington &amp; Son Electric</t>
   </si>
   <si>
     <t>Energylink Us Inc.</t>
   </si>
   <si>
     <t>T C B SERVICES LLC</t>
@@ -812,50 +782,77 @@
     <t xml:space="preserve">CST Industries, Inc </t>
   </si>
   <si>
     <t>Exponential Power Inc.</t>
   </si>
   <si>
     <t>Oak Mountain Industries, Inc; Oak Mountain Industries dba Glasrock; OMI Refractories LLC dba Bisco Refractories</t>
   </si>
   <si>
     <t>Premier American Construction, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Javaughn Johnson &amp; Sons Inc. </t>
   </si>
   <si>
     <t>M.G. Dyess</t>
   </si>
   <si>
     <t>Padgett's Air Conditioning &amp; Heating, Inc.</t>
   </si>
   <si>
     <t>Powerserve Technologies, Inc</t>
   </si>
   <si>
     <t>R.R. Cassidy Inc.</t>
+  </si>
+  <si>
+    <t>Ash Signs Inc. dba FASTSIGNS</t>
+  </si>
+  <si>
+    <t>C &amp; R General Contractors, Inc.; DBA CAVAN Electric, Inc.; DBA Ecotech Environmental Services, Inc.; DBA Universal Petroleum Services, Inc.; DBA In Vent, Inc.</t>
+  </si>
+  <si>
+    <t>CoAdvantage Corporation Alt. Emp: CJ's Sales and Service of Ocala dba: CJ's Power Systems</t>
+  </si>
+  <si>
+    <t>ITG TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>Moran Environmental Recovery, LLC.</t>
+  </si>
+  <si>
+    <t>Pye Barker Fire &amp; Safety LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zabatt Engine Services, Inc. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DraCool USA Inc. </t>
+  </si>
+  <si>
+    <t>Vilano Electric Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1168,1359 +1165,1354 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50BFFFB6-0279-44E9-BE8F-5B5156305036}">
-  <dimension ref="A1:A260"/>
+  <dimension ref="A1:A259"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A160" workbookViewId="0">
-      <selection sqref="A1:A1048473"/>
+    <sheetView tabSelected="1" topLeftCell="A76" workbookViewId="0">
+      <selection sqref="A1:A1048465"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="77.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>64</v>
+        <v>240</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>250</v>
+        <v>90</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>133</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>1</v>
+        <v>235</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
-        <v>245</v>
+        <v>171</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>180</v>
+        <v>79</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>83</v>
+        <v>157</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>34</v>
+        <v>172</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>181</v>
+        <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A15" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
-        <v>3</v>
+        <v>173</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
-        <v>182</v>
+        <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
-        <v>5</v>
+        <v>147</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>152</v>
+        <v>6</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
-        <v>6</v>
+        <v>186</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
-        <v>196</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>7</v>
+        <v>80</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>84</v>
+        <v>206</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>216</v>
+        <v>8</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>8</v>
+        <v>104</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>110</v>
+        <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>62</v>
+        <v>9</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
-        <v>9</v>
+        <v>217</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>227</v>
+        <v>250</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
-        <v>217</v>
+        <v>207</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>183</v>
+        <v>174</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
-        <v>167</v>
+        <v>158</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
-        <v>184</v>
+        <v>175</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
-        <v>185</v>
+        <v>176</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1" t="s">
-        <v>135</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
-        <v>10</v>
+        <v>216</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
-        <v>204</v>
+        <v>159</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
-        <v>168</v>
+        <v>236</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>246</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
-        <v>136</v>
+        <v>45</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
-        <v>11</v>
+        <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1" t="s">
-        <v>231</v>
+        <v>251</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1" t="s">
-        <v>94</v>
+        <v>160</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A53" s="1" t="s">
-        <v>169</v>
+        <v>105</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A54" s="1" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A55" s="1" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A56" s="1" t="s">
-        <v>137</v>
+        <v>208</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A57" s="1" t="s">
-        <v>218</v>
+        <v>32</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A58" s="1" t="s">
-        <v>33</v>
+        <v>152</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A59" s="1" t="s">
-        <v>160</v>
+        <v>227</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A60" s="1" t="s">
-        <v>237</v>
+        <v>252</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A61" s="1" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A62" s="1" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A63" s="1" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A64" s="1" t="s">
-        <v>219</v>
+        <v>209</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
-        <v>220</v>
+        <v>210</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A66" s="1" t="s">
-        <v>138</v>
+        <v>130</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A67" s="1" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A68" s="1" t="s">
-        <v>247</v>
+        <v>237</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A69" s="1" t="s">
-        <v>170</v>
+        <v>161</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A70" s="1" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A71" s="1" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A72" s="1" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A73" s="1" t="s">
-        <v>238</v>
+        <v>228</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A74" s="1" t="s">
-        <v>251</v>
+        <v>241</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A75" s="1" t="s">
-        <v>112</v>
+        <v>106</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A76" s="1" t="s">
-        <v>163</v>
+        <v>155</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A77" s="1" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A78" s="1" t="s">
-        <v>104</v>
+        <v>99</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A79" s="1" t="s">
-        <v>113</v>
+        <v>107</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A80" s="1" t="s">
-        <v>150</v>
+        <v>257</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A81" s="1" t="s">
-        <v>15</v>
+        <v>142</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A82" s="1" t="s">
-        <v>153</v>
+        <v>14</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A83" s="1" t="s">
-        <v>114</v>
+        <v>145</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A84" s="1" t="s">
-        <v>66</v>
+        <v>108</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A85" s="1" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A86" s="1" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A87" s="1" t="s">
-        <v>139</v>
+        <v>69</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A88" s="1" t="s">
-        <v>205</v>
+        <v>131</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A89" s="1" t="s">
-        <v>16</v>
+        <v>195</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A90" s="1" t="s">
-        <v>194</v>
+        <v>15</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
-        <v>73</v>
+        <v>184</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A92" s="1" t="s">
-        <v>236</v>
+        <v>70</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A93" s="1" t="s">
-        <v>140</v>
+        <v>226</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A94" s="1" t="s">
-        <v>101</v>
+        <v>132</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A95" s="1" t="s">
-        <v>206</v>
+        <v>96</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A96" s="1" t="s">
-        <v>212</v>
+        <v>196</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A97" s="1" t="s">
-        <v>252</v>
+        <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1" t="s">
-        <v>115</v>
+        <v>242</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1" t="s">
-        <v>158</v>
+        <v>109</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1" t="s">
-        <v>59</v>
+        <v>150</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1" t="s">
-        <v>221</v>
+        <v>58</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1" t="s">
-        <v>32</v>
+        <v>211</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1" t="s">
-        <v>233</v>
+        <v>31</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A104" s="1" t="s">
-        <v>154</v>
+        <v>223</v>
       </c>
     </row>
     <row r="105" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A105" s="1" t="s">
-        <v>197</v>
+        <v>146</v>
       </c>
     </row>
     <row r="106" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A106" s="1" t="s">
-        <v>63</v>
+        <v>187</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A107" s="1" t="s">
-        <v>39</v>
+        <v>62</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A108" s="1" t="s">
-        <v>198</v>
+        <v>38</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A109" s="1" t="s">
-        <v>86</v>
+        <v>188</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A110" s="1" t="s">
-        <v>186</v>
+        <v>82</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A111" s="1" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A112" s="1" t="s">
-        <v>116</v>
+        <v>110</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A113" s="1" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A114" s="1" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A115" s="1" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="116" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A116" s="1" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A117" s="1" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A118" s="1" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A119" s="1" t="s">
-        <v>171</v>
+        <v>162</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A120" s="1" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A121" s="1" t="s">
-        <v>187</v>
+        <v>177</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A122" s="1" t="s">
-        <v>117</v>
+        <v>111</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A123" s="1" t="s">
-        <v>222</v>
+        <v>212</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A124" s="1" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A125" s="1" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A126" s="1" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A127" s="1" t="s">
-        <v>118</v>
+        <v>112</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A128" s="1" t="s">
-        <v>105</v>
+        <v>77</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A129" s="1" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A130" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A131" s="1" t="s">
-        <v>20</v>
+        <v>178</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A132" s="1" t="s">
-        <v>188</v>
+        <v>113</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A133" s="1" t="s">
-        <v>119</v>
+        <v>197</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A134" s="1" t="s">
-        <v>207</v>
+        <v>163</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A135" s="1" t="s">
-        <v>172</v>
+        <v>253</v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A136" s="1" t="s">
-        <v>142</v>
+        <v>134</v>
       </c>
     </row>
     <row r="137" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A137" s="1" t="s">
-        <v>143</v>
+        <v>135</v>
       </c>
     </row>
     <row r="138" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A138" s="1" t="s">
-        <v>239</v>
+        <v>229</v>
       </c>
     </row>
     <row r="139" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A139" s="1" t="s">
-        <v>255</v>
+        <v>245</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A141" s="1" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="143" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A143" s="1" t="s">
-        <v>121</v>
+        <v>98</v>
       </c>
     </row>
     <row r="144" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A144" s="1" t="s">
-        <v>103</v>
+        <v>213</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A145" s="1" t="s">
-        <v>223</v>
+        <v>20</v>
       </c>
     </row>
     <row r="146" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A146" s="1" t="s">
-        <v>21</v>
+        <v>43</v>
       </c>
     </row>
     <row r="147" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A147" s="1" t="s">
-        <v>44</v>
+        <v>199</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A148" s="1" t="s">
-        <v>209</v>
+        <v>189</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A149" s="1" t="s">
-        <v>199</v>
+        <v>179</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A150" s="1" t="s">
-        <v>189</v>
+        <v>230</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A151" s="1" t="s">
-        <v>240</v>
+        <v>115</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A152" s="1" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A153" s="1" t="s">
-        <v>100</v>
+        <v>164</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A154" s="1" t="s">
-        <v>173</v>
+        <v>136</v>
       </c>
     </row>
     <row r="155" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A155" s="1" t="s">
-        <v>164</v>
+        <v>246</v>
       </c>
     </row>
     <row r="156" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A156" s="1" t="s">
-        <v>144</v>
+        <v>180</v>
       </c>
     </row>
     <row r="157" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A157" s="1" t="s">
-        <v>256</v>
+        <v>21</v>
       </c>
     </row>
     <row r="158" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A158" s="1" t="s">
-        <v>190</v>
+        <v>116</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A159" s="1" t="s">
-        <v>22</v>
+        <v>218</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A160" s="1" t="s">
-        <v>123</v>
+        <v>117</v>
       </c>
     </row>
     <row r="161" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A161" s="1" t="s">
-        <v>228</v>
+        <v>83</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A162" s="1" t="s">
-        <v>124</v>
+        <v>137</v>
       </c>
     </row>
     <row r="163" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A163" s="1" t="s">
-        <v>87</v>
+        <v>44</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A164" s="1" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A165" s="1" t="s">
-        <v>45</v>
+        <v>94</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A166" s="1" t="s">
-        <v>146</v>
+        <v>254</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A167" s="1" t="s">
-        <v>99</v>
+        <v>148</v>
       </c>
     </row>
     <row r="168" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A168" s="1" t="s">
-        <v>76</v>
+        <v>203</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A169" s="1" t="s">
-        <v>156</v>
+        <v>71</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A170" s="1" t="s">
-        <v>213</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A171" s="1" t="s">
-        <v>74</v>
+        <v>243</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A172" s="1" t="s">
-        <v>230</v>
+        <v>214</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A173" s="1" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A174" s="1" t="s">
-        <v>224</v>
+        <v>181</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A175" s="1" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A176" s="1" t="s">
-        <v>191</v>
+        <v>84</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A177" s="1" t="s">
-        <v>214</v>
+        <v>205</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A178" s="1" t="s">
-        <v>88</v>
+        <v>231</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A179" s="1" t="s">
-        <v>215</v>
+        <v>248</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A180" s="1" t="s">
-        <v>241</v>
+        <v>200</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A181" s="1" t="s">
-        <v>258</v>
+        <v>118</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A182" s="1" t="s">
-        <v>210</v>
+        <v>244</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A183" s="1" t="s">
-        <v>125</v>
+        <v>50</v>
       </c>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A184" s="1" t="s">
-        <v>254</v>
+        <v>139</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A185" s="1" t="s">
-        <v>51</v>
+        <v>36</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A186" s="1" t="s">
-        <v>147</v>
+        <v>255</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A187" s="1" t="s">
-        <v>37</v>
+        <v>119</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A188" s="1" t="s">
-        <v>126</v>
+        <v>222</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A189" s="1" t="s">
-        <v>232</v>
+        <v>66</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A190" s="1" t="s">
-        <v>68</v>
+        <v>249</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A191" s="1" t="s">
-        <v>259</v>
+        <v>72</v>
       </c>
     </row>
     <row r="192" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A192" s="1" t="s">
-        <v>75</v>
+        <v>140</v>
       </c>
     </row>
     <row r="193" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A193" s="1" t="s">
-        <v>148</v>
+        <v>120</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A194" s="1" t="s">
-        <v>127</v>
+        <v>34</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A195" s="1" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A196" s="1" t="s">
-        <v>52</v>
+        <v>232</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A197" s="1" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A198" s="1" t="s">
-        <v>248</v>
+        <v>182</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A199" s="1" t="s">
-        <v>192</v>
+        <v>67</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A200" s="1" t="s">
-        <v>69</v>
+        <v>52</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A201" s="1" t="s">
-        <v>53</v>
+        <v>153</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A202" s="1" t="s">
-        <v>161</v>
+        <v>141</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A203" s="1" t="s">
-        <v>149</v>
+        <v>68</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A204" s="1" t="s">
-        <v>70</v>
+        <v>22</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A205" s="1" t="s">
-        <v>23</v>
+        <v>88</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A206" s="1" t="s">
-        <v>93</v>
+        <v>23</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A207" s="1" t="s">
-        <v>24</v>
+        <v>86</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A208" s="1" t="s">
-        <v>91</v>
+        <v>201</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A209" s="1" t="s">
-        <v>211</v>
+        <v>92</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A210" s="1" t="s">
-        <v>97</v>
+        <v>24</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A211" s="1" t="s">
-        <v>25</v>
+        <v>121</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A212" s="1" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A213" s="1" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A214" s="1" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A215" s="1" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A216" s="1" t="s">
-        <v>98</v>
+        <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A217" s="1" t="s">
-        <v>106</v>
+        <v>233</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A218" s="1" t="s">
-        <v>195</v>
+        <v>26</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A219" s="1" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A220" s="1" t="s">
-        <v>243</v>
+        <v>224</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A221" s="1" t="s">
-        <v>27</v>
+        <v>165</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A222" s="1" t="s">
-        <v>96</v>
+        <v>190</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A223" s="1" t="s">
-        <v>234</v>
+        <v>149</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A224" s="1" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A225" s="1" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A226" s="1" t="s">
-        <v>157</v>
+        <v>122</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A227" s="1" t="s">
-        <v>151</v>
+        <v>123</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A228" s="1" t="s">
-        <v>208</v>
+        <v>166</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A229" s="1" t="s">
-        <v>129</v>
+        <v>234</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A230" s="1" t="s">
-        <v>130</v>
+        <v>87</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A231" s="1" t="s">
-        <v>175</v>
+        <v>27</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A232" s="1" t="s">
-        <v>244</v>
+        <v>215</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A233" s="1" t="s">
-        <v>92</v>
+        <v>28</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A234" s="1" t="s">
-        <v>28</v>
+        <v>167</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A235" s="1" t="s">
-        <v>225</v>
+        <v>191</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A236" s="1" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A237" s="1" t="s">
-        <v>176</v>
+        <v>60</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A238" s="1" t="s">
-        <v>201</v>
+        <v>101</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A239" s="1" t="s">
-        <v>77</v>
+        <v>156</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A240" s="1" t="s">
-        <v>61</v>
+        <v>192</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A241" s="1" t="s">
-        <v>107</v>
+        <v>154</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A242" s="1" t="s">
-        <v>165</v>
+        <v>239</v>
       </c>
     </row>
     <row r="243" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A243" s="1" t="s">
-        <v>202</v>
+        <v>258</v>
       </c>
     </row>
     <row r="244" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A244" s="1" t="s">
-        <v>162</v>
+        <v>124</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A245" s="1" t="s">
-        <v>249</v>
+        <v>225</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A246" s="1" t="s">
-        <v>131</v>
+        <v>168</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A247" s="1" t="s">
-        <v>235</v>
+        <v>39</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A248" s="1" t="s">
-        <v>177</v>
+        <v>169</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A249" s="1" t="s">
-        <v>40</v>
+        <v>56</v>
       </c>
     </row>
     <row r="250" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A250" s="1" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="251" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A251" s="1" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A252" s="1" t="s">
-        <v>193</v>
+        <v>74</v>
       </c>
     </row>
     <row r="253" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A253" s="1" t="s">
-        <v>30</v>
+        <v>193</v>
       </c>
     </row>
     <row r="254" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A254" s="1" t="s">
-        <v>78</v>
+        <v>30</v>
       </c>
     </row>
     <row r="255" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A255" s="1" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
     </row>
     <row r="256" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A256" s="1" t="s">
-        <v>31</v>
+        <v>125</v>
       </c>
     </row>
     <row r="257" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A257" s="1" t="s">
-        <v>229</v>
+        <v>103</v>
       </c>
     </row>
     <row r="258" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A258" s="1" t="s">
-        <v>132</v>
+        <v>78</v>
       </c>
     </row>
     <row r="259" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A259" s="1" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-        <v>82</v>
+        <v>256</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A245">
     <sortCondition ref="A1:A245"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>