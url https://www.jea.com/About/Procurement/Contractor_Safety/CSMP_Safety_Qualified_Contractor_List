--- v1 (2025-11-24)
+++ v2 (2025-12-15)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fishjl\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D20AAB2E-7687-4C88-AB2A-570249F7C808}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AEB23BB-6F7F-44D2-B3B8-B145FBF7E6F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{C3B6FEE4-BC47-4D3A-A232-78B565EC4B58}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="259" uniqueCount="259">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
   <si>
     <t>Company Name:</t>
   </si>
   <si>
     <t>ABC Cutting Contractors of Jacksonville, Inc.</t>
   </si>
   <si>
     <t>Acousti Eng. Co. of Florida</t>
   </si>
   <si>
     <t>ADS, LLC.</t>
   </si>
   <si>
     <t>Advanced Turbine Support, llc.</t>
   </si>
   <si>
     <t>Advantage Contracting Group Inc.</t>
   </si>
   <si>
     <t>A-Line EDS, Inc.</t>
   </si>
   <si>
     <t>Allied Power Group, llc</t>
   </si>
   <si>
@@ -88,53 +88,50 @@
   <si>
     <t>Beyel Brothers, Inc.</t>
   </si>
   <si>
     <t>Bremco</t>
   </si>
   <si>
     <t>Corecon Solutions LLC</t>
   </si>
   <si>
     <t>CROM, LLC</t>
   </si>
   <si>
     <t>Dugan &amp; Meyers</t>
   </si>
   <si>
     <t>Eletcol LLC.</t>
   </si>
   <si>
     <t>G.T.G. Overhauling Services</t>
   </si>
   <si>
     <t>GEC Trucking &amp; Construction Inc</t>
   </si>
   <si>
-    <t>HVA P&amp;C Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>Hydromax USA LLC</t>
   </si>
   <si>
     <t>JOHN WOODY, INC.</t>
   </si>
   <si>
     <t>Marietta Sand Corp. (MSC)</t>
   </si>
   <si>
     <t>Sims Crane &amp; Equipment Co.</t>
   </si>
   <si>
     <t>Southeast Paving, Inc.</t>
   </si>
   <si>
     <t>SPE Utility Contractors FD, LLC AKA, SPE Group</t>
   </si>
   <si>
     <t>T.G. Utility Company, Inc.</t>
   </si>
   <si>
     <t>Tappouni Mechanical Services, Inc.</t>
   </si>
   <si>
     <t>Tommy's Mobile Services LLC</t>
@@ -205,80 +202,74 @@
   <si>
     <t>Grimes Utilities, Inc.</t>
   </si>
   <si>
     <t>Premier Communications Group, Inc.</t>
   </si>
   <si>
     <t>Reliable Substation Services Inc</t>
   </si>
   <si>
     <t>S David and Co LLC</t>
   </si>
   <si>
     <t>HAUGLAND ENERGY GROUP LLC</t>
   </si>
   <si>
     <t>Barcelona Equipment, Inc.</t>
   </si>
   <si>
     <t>D.B. Construction Services, Inc.</t>
   </si>
   <si>
     <t>W.W. Gay Mechanical Contractor, Inc</t>
   </si>
   <si>
-    <t>5 Star Electric LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Ferreira Construction Co., Inc.</t>
   </si>
   <si>
     <t>JB Coxwell Contracting, Inc.</t>
   </si>
   <si>
     <t>Unitherm</t>
   </si>
   <si>
     <t>Applied Technical Services, LLC</t>
   </si>
   <si>
     <t>FLORIDA MECHANICAL SYSTEMS INC.</t>
   </si>
   <si>
     <t>Babcock &amp; Wilcox Field Engineering Services</t>
   </si>
   <si>
     <t>E. Vaughan Rivers, Inc.</t>
   </si>
   <si>
     <t>French &amp; Company, Inc.</t>
   </si>
   <si>
-    <t>R.M. Myers Company, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Ruby-Collins, Inc </t>
   </si>
   <si>
     <t>Siemens Energy Inc</t>
   </si>
   <si>
     <t>Eddy Current Specialists, Inc.</t>
   </si>
   <si>
     <t>ENTACT, LLC</t>
   </si>
   <si>
     <t>National Engineering &amp; Repair Corp</t>
   </si>
   <si>
     <t>Ray Ware Hardware Inc.</t>
   </si>
   <si>
     <t>UCC Environmental</t>
   </si>
   <si>
     <t>Warren Asphalt Inc.</t>
   </si>
   <si>
     <t>Coker Industrial Contractors / Coker Crane &amp; Rigging</t>
@@ -313,53 +304,50 @@
   <si>
     <t xml:space="preserve">Heart Utilities of Jacksonville </t>
   </si>
   <si>
     <t>Southeast Window Coverings</t>
   </si>
   <si>
     <t>TNL Underground Corp</t>
   </si>
   <si>
     <t xml:space="preserve">Smith Brothers Plastering Co, Inc. </t>
   </si>
   <si>
     <t>BUILDING ENVELOPE CONSULTANTS AND SCIENTISTS, LLC</t>
   </si>
   <si>
     <t>A TO Z CONTRACTING &amp; PLUMBING</t>
   </si>
   <si>
     <t>TB Landmark Construction, Inc.</t>
   </si>
   <si>
     <t>Southern Wall Specialties, Inc.</t>
   </si>
   <si>
-    <t xml:space="preserve">Surveying And Mapping LLC </t>
-[...1 lines deleted...]
-  <si>
     <t>MMLM Inc. dba Big T Concrete Cutting</t>
   </si>
   <si>
     <t>LGG Industrial Holdings, Inc.</t>
   </si>
   <si>
     <t>Eocene Environmental Group Inc.</t>
   </si>
   <si>
     <t>Jax Dirtworks, Inc.</t>
   </si>
   <si>
     <t>Jimco Site Services Inc.</t>
   </si>
   <si>
     <t>Diversified Substation Construction, LLC.</t>
   </si>
   <si>
     <t>Synergy Rents, LLC</t>
   </si>
   <si>
     <t>USSI, LLC</t>
   </si>
   <si>
     <t>Camin Cargo Control, Inc.</t>
@@ -373,119 +361,110 @@
   <si>
     <t>Cajun Installation &amp; Distributing Inc.</t>
   </si>
   <si>
     <t>D and J Erosion Control Specialists, Inc.</t>
   </si>
   <si>
     <t>DOWNSTREAM COMPANY INC</t>
   </si>
   <si>
     <t>E. F. Lea Electrical Contractor, Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Facility Automation Solutions, Inc. </t>
   </si>
   <si>
     <t>G.A. West &amp; Co., Inc.</t>
   </si>
   <si>
     <t>Grovin Farms LLC</t>
   </si>
   <si>
     <t>Horizon Pipe</t>
   </si>
   <si>
-    <t>IMC Fire Protection, LLC</t>
-[...1 lines deleted...]
-  <si>
     <t>Jax Utilities Management, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Landscape Construction LLC </t>
   </si>
   <si>
     <t>Mechanical Dynamics &amp; Analysis LLC</t>
   </si>
   <si>
     <t>Meskel &amp; Associates Engineering, PLLC</t>
   </si>
   <si>
     <t>Precon Corporation</t>
   </si>
   <si>
     <t>Pyramid Masonry Contractors, Inc.</t>
   </si>
   <si>
     <t>Recovery Roofing, Inc</t>
   </si>
   <si>
-    <t>Specified Architectural Systems</t>
-[...1 lines deleted...]
-  <si>
     <t>The O Edwards Company Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Thigpen Heating &amp; Cooling, Inc. </t>
   </si>
   <si>
     <t>VMG Construction Inc.</t>
   </si>
   <si>
     <t>Xylem Inc.</t>
   </si>
   <si>
     <t>ABB Inc.</t>
   </si>
   <si>
     <t>Bermex Metering Services</t>
   </si>
   <si>
     <t>BrandSafway Solutions LLC,</t>
   </si>
   <si>
     <t>Childers Roofing &amp; Sheet Metal, A Tecta America Company LLC</t>
   </si>
   <si>
     <t>Concrete Profiles Inc</t>
   </si>
   <si>
     <t>EJCON Corporation</t>
   </si>
   <si>
     <t>Environmental Services by J.D.B. LLC.</t>
   </si>
   <si>
     <t>G4 Holding Jax, LLC dba George P. Coyle and Sons</t>
   </si>
   <si>
     <t>J Gray &amp; Associates</t>
   </si>
   <si>
-    <t>J. Williams Industrial Group, Inc.</t>
-[...1 lines deleted...]
-  <si>
     <t>M.A. E CONTRACTING LLC</t>
   </si>
   <si>
     <t>MILLER ELECTRIC COMPANY</t>
   </si>
   <si>
     <t>MJW Consolidated, Inc. Milton J. Wood Company</t>
   </si>
   <si>
     <t>Premier Corrosion Protection Services (USA) Inc.  (AKA: Premier CPS)</t>
   </si>
   <si>
     <t>Realco Recycling Co., Inc.</t>
   </si>
   <si>
     <t>Scope Services, Inc.</t>
   </si>
   <si>
     <t>Drew Hartmann Plumbing, Inc</t>
   </si>
   <si>
     <t>The Dantzler Group Inc.</t>
   </si>
   <si>
     <t>Alfa Laval, Inc.</t>
@@ -547,53 +526,50 @@
   <si>
     <t>Iris Power</t>
   </si>
   <si>
     <t xml:space="preserve">M &amp; J Striping, Inc. </t>
   </si>
   <si>
     <t xml:space="preserve">Techpoint, LLC. </t>
   </si>
   <si>
     <t>Tim-Prep Inc</t>
   </si>
   <si>
     <t xml:space="preserve">Trinity Company, LLC </t>
   </si>
   <si>
     <t>W.D. Wright Contracting, LLC</t>
   </si>
   <si>
     <t>W.Gardner, LLC -OBA -3D Concrete Solutions</t>
   </si>
   <si>
     <t xml:space="preserve">Superior Millwork Company </t>
   </si>
   <si>
-    <t xml:space="preserve">Above All Ceilings Inc </t>
-[...1 lines deleted...]
-  <si>
     <t>Acon Construction Company Inc.</t>
   </si>
   <si>
     <t>ADVANCE INDUSTRIAL COATINGS LLC</t>
   </si>
   <si>
     <t>Atlantic Pipe Services, LLC.</t>
   </si>
   <si>
     <t>Auld &amp; White Constructors</t>
   </si>
   <si>
     <t>Azuria Water Solutions, Inc.</t>
   </si>
   <si>
     <t xml:space="preserve">Groome Industrial Service Group, LLC </t>
   </si>
   <si>
     <t>HYPOWER, LLC</t>
   </si>
   <si>
     <t>KUDZUE 3 TRUCKING, INC.</t>
   </si>
   <si>
     <t>MAC PRODUCTS</t>
@@ -809,50 +785,53 @@
     <t>Ash Signs Inc. dba FASTSIGNS</t>
   </si>
   <si>
     <t>C &amp; R General Contractors, Inc.; DBA CAVAN Electric, Inc.; DBA Ecotech Environmental Services, Inc.; DBA Universal Petroleum Services, Inc.; DBA In Vent, Inc.</t>
   </si>
   <si>
     <t>CoAdvantage Corporation Alt. Emp: CJ's Sales and Service of Ocala dba: CJ's Power Systems</t>
   </si>
   <si>
     <t>ITG TECHNOLOGIES</t>
   </si>
   <si>
     <t>Moran Environmental Recovery, LLC.</t>
   </si>
   <si>
     <t>Pye Barker Fire &amp; Safety LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Zabatt Engine Services, Inc. </t>
   </si>
   <si>
     <t xml:space="preserve">DraCool USA Inc. </t>
   </si>
   <si>
     <t>Vilano Electric Inc.</t>
+  </si>
+  <si>
+    <t>JLV Electric Inc.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1165,1359 +1144,1324 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50BFFFB6-0279-44E9-BE8F-5B5156305036}">
-  <dimension ref="A1:A259"/>
+  <dimension ref="A1:A252"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A76" workbookViewId="0">
-      <selection sqref="A1:A1048465"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection sqref="A1:A1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="77.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
-        <v>57</v>
+        <v>144</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>151</v>
+        <v>232</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>240</v>
+        <v>87</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>90</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
-        <v>126</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>1</v>
+        <v>227</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>235</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
-        <v>171</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>79</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>157</v>
+        <v>164</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>33</v>
+        <v>2</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>172</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>2</v>
+        <v>165</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A15" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
-        <v>173</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
-        <v>4</v>
+        <v>140</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>5</v>
+        <v>137</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
-        <v>147</v>
+        <v>6</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>144</v>
+        <v>178</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
-        <v>186</v>
+        <v>77</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
-        <v>7</v>
+        <v>198</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>80</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>206</v>
+        <v>100</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>8</v>
+        <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>104</v>
+        <v>59</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>48</v>
+        <v>9</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>61</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
-        <v>217</v>
+        <v>199</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>250</v>
+        <v>166</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
-        <v>207</v>
+        <v>151</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
-        <v>175</v>
+        <v>61</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
-        <v>176</v>
+        <v>53</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1" t="s">
-        <v>63</v>
+        <v>121</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
-        <v>54</v>
+        <v>10</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
-        <v>127</v>
+        <v>208</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1" t="s">
-        <v>10</v>
+        <v>186</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
-        <v>216</v>
+        <v>152</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
-        <v>194</v>
+        <v>228</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
-        <v>159</v>
+        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
-        <v>236</v>
+        <v>44</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>128</v>
+        <v>11</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
-        <v>45</v>
+        <v>213</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
-        <v>11</v>
+        <v>86</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
-        <v>221</v>
+        <v>243</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
-        <v>89</v>
+        <v>153</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1" t="s">
-        <v>251</v>
+        <v>101</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1" t="s">
-        <v>160</v>
+        <v>98</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A53" s="1" t="s">
-        <v>105</v>
+        <v>123</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A54" s="1" t="s">
-        <v>102</v>
+        <v>200</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A55" s="1" t="s">
-        <v>129</v>
+        <v>31</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A56" s="1" t="s">
-        <v>208</v>
+        <v>145</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A57" s="1" t="s">
-        <v>32</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A58" s="1" t="s">
-        <v>152</v>
+        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A59" s="1" t="s">
-        <v>227</v>
+        <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A60" s="1" t="s">
-        <v>252</v>
+        <v>40</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A61" s="1" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A62" s="1" t="s">
-        <v>41</v>
+        <v>201</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A63" s="1" t="s">
-        <v>75</v>
+        <v>202</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A64" s="1" t="s">
-        <v>209</v>
+        <v>124</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
-        <v>210</v>
+        <v>73</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A66" s="1" t="s">
-        <v>130</v>
+        <v>229</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A67" s="1" t="s">
-        <v>76</v>
+        <v>154</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A68" s="1" t="s">
-        <v>237</v>
+        <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A69" s="1" t="s">
-        <v>161</v>
+        <v>45</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A70" s="1" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A71" s="1" t="s">
-        <v>46</v>
+        <v>220</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A72" s="1" t="s">
-        <v>13</v>
+        <v>233</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A73" s="1" t="s">
-        <v>228</v>
+        <v>102</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A74" s="1" t="s">
-        <v>241</v>
+        <v>148</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A75" s="1" t="s">
-        <v>106</v>
+        <v>54</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A76" s="1" t="s">
-        <v>155</v>
+        <v>95</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A77" s="1" t="s">
-        <v>55</v>
+        <v>103</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A78" s="1" t="s">
-        <v>99</v>
+        <v>249</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A79" s="1" t="s">
-        <v>107</v>
+        <v>135</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A80" s="1" t="s">
-        <v>257</v>
+        <v>14</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A81" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A82" s="1" t="s">
-        <v>14</v>
+        <v>104</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A83" s="1" t="s">
-        <v>145</v>
+        <v>62</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A84" s="1" t="s">
-        <v>108</v>
+        <v>78</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A85" s="1" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A86" s="1" t="s">
-        <v>81</v>
+        <v>125</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A87" s="1" t="s">
-        <v>69</v>
+        <v>187</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A88" s="1" t="s">
-        <v>131</v>
+        <v>15</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A89" s="1" t="s">
-        <v>195</v>
+        <v>176</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A90" s="1" t="s">
-        <v>15</v>
+        <v>67</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
-        <v>184</v>
+        <v>218</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A92" s="1" t="s">
-        <v>70</v>
+        <v>126</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A93" s="1" t="s">
-        <v>226</v>
+        <v>92</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A94" s="1" t="s">
-        <v>132</v>
+        <v>188</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A95" s="1" t="s">
-        <v>96</v>
+        <v>194</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A96" s="1" t="s">
-        <v>196</v>
+        <v>234</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A97" s="1" t="s">
-        <v>202</v>
+        <v>105</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1" t="s">
-        <v>242</v>
+        <v>143</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1" t="s">
-        <v>109</v>
+        <v>56</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1" t="s">
-        <v>150</v>
+        <v>203</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1" t="s">
-        <v>31</v>
+        <v>139</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A104" s="1" t="s">
-        <v>223</v>
+        <v>179</v>
       </c>
     </row>
     <row r="105" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A105" s="1" t="s">
-        <v>146</v>
+        <v>60</v>
       </c>
     </row>
     <row r="106" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A106" s="1" t="s">
-        <v>187</v>
+        <v>37</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A107" s="1" t="s">
-        <v>62</v>
+        <v>180</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A108" s="1" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A109" s="1" t="s">
-        <v>188</v>
+        <v>63</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A110" s="1" t="s">
-        <v>82</v>
+        <v>106</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A111" s="1" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A112" s="1" t="s">
-        <v>110</v>
+        <v>127</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A113" s="1" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A114" s="1" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A115" s="1" t="s">
-        <v>37</v>
+        <v>46</v>
       </c>
     </row>
     <row r="116" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A116" s="1" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A117" s="1" t="s">
-        <v>47</v>
+        <v>155</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A118" s="1" t="s">
-        <v>17</v>
+        <v>48</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A119" s="1" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A120" s="1" t="s">
-        <v>49</v>
+        <v>107</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A121" s="1" t="s">
-        <v>177</v>
+        <v>204</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A122" s="1" t="s">
-        <v>111</v>
+        <v>34</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A123" s="1" t="s">
-        <v>212</v>
+        <v>52</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A124" s="1" t="s">
-        <v>35</v>
+        <v>82</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A125" s="1" t="s">
-        <v>53</v>
+        <v>108</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A126" s="1" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A127" s="1" t="s">
-        <v>112</v>
+        <v>18</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A128" s="1" t="s">
-        <v>77</v>
+        <v>170</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A129" s="1" t="s">
-        <v>18</v>
+        <v>189</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A130" s="1" t="s">
-        <v>19</v>
+        <v>156</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A131" s="1" t="s">
-        <v>178</v>
+        <v>245</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A132" s="1" t="s">
-        <v>113</v>
+        <v>128</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A133" s="1" t="s">
-        <v>197</v>
+        <v>221</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A134" s="1" t="s">
-        <v>163</v>
+        <v>237</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A135" s="1" t="s">
-        <v>253</v>
+        <v>93</v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A136" s="1" t="s">
-        <v>134</v>
+        <v>109</v>
       </c>
     </row>
     <row r="137" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A137" s="1" t="s">
-        <v>135</v>
+        <v>57</v>
       </c>
     </row>
     <row r="138" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A138" s="1" t="s">
-        <v>229</v>
+        <v>94</v>
       </c>
     </row>
     <row r="139" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A139" s="1" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
-        <v>97</v>
+        <v>205</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A141" s="1" t="s">
-        <v>114</v>
+        <v>19</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>59</v>
+        <v>42</v>
       </c>
     </row>
     <row r="143" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A143" s="1" t="s">
-        <v>98</v>
+        <v>191</v>
       </c>
     </row>
     <row r="144" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A144" s="1" t="s">
-        <v>213</v>
+        <v>181</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A145" s="1" t="s">
-        <v>20</v>
+        <v>171</v>
       </c>
     </row>
     <row r="146" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A146" s="1" t="s">
-        <v>43</v>
+        <v>222</v>
       </c>
     </row>
     <row r="147" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A147" s="1" t="s">
-        <v>199</v>
+        <v>110</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A148" s="1" t="s">
-        <v>189</v>
+        <v>91</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A149" s="1" t="s">
-        <v>179</v>
+        <v>157</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A150" s="1" t="s">
-        <v>230</v>
+        <v>129</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A151" s="1" t="s">
-        <v>115</v>
+        <v>238</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A152" s="1" t="s">
-        <v>95</v>
+        <v>172</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A153" s="1" t="s">
-        <v>164</v>
+        <v>20</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A154" s="1" t="s">
-        <v>136</v>
+        <v>111</v>
       </c>
     </row>
     <row r="155" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A155" s="1" t="s">
-        <v>246</v>
+        <v>210</v>
       </c>
     </row>
     <row r="156" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A156" s="1" t="s">
-        <v>180</v>
+        <v>112</v>
       </c>
     </row>
     <row r="157" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A157" s="1" t="s">
-        <v>21</v>
+        <v>80</v>
       </c>
     </row>
     <row r="158" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A158" s="1" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A159" s="1" t="s">
-        <v>218</v>
+        <v>43</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A160" s="1" t="s">
-        <v>117</v>
+        <v>131</v>
       </c>
     </row>
     <row r="161" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A161" s="1" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A162" s="1" t="s">
-        <v>137</v>
+        <v>246</v>
       </c>
     </row>
     <row r="163" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A163" s="1" t="s">
-        <v>44</v>
+        <v>141</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A164" s="1" t="s">
-        <v>138</v>
+        <v>195</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A165" s="1" t="s">
-        <v>94</v>
+        <v>68</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A166" s="1" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A167" s="1" t="s">
-        <v>148</v>
+        <v>235</v>
       </c>
     </row>
     <row r="168" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A168" s="1" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A169" s="1" t="s">
-        <v>71</v>
+        <v>239</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A170" s="1" t="s">
-        <v>220</v>
+        <v>173</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A171" s="1" t="s">
-        <v>243</v>
+        <v>196</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A172" s="1" t="s">
-        <v>214</v>
+        <v>81</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A173" s="1" t="s">
-        <v>247</v>
+        <v>197</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A174" s="1" t="s">
-        <v>181</v>
+        <v>223</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A175" s="1" t="s">
-        <v>204</v>
+        <v>240</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A176" s="1" t="s">
-        <v>84</v>
+        <v>192</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A177" s="1" t="s">
-        <v>205</v>
+        <v>113</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A178" s="1" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A179" s="1" t="s">
-        <v>248</v>
+        <v>49</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A180" s="1" t="s">
-        <v>200</v>
+        <v>132</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A181" s="1" t="s">
-        <v>118</v>
+        <v>35</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A182" s="1" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A183" s="1" t="s">
-        <v>50</v>
+        <v>114</v>
       </c>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A184" s="1" t="s">
-        <v>139</v>
+        <v>214</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A185" s="1" t="s">
-        <v>36</v>
+        <v>241</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A186" s="1" t="s">
-        <v>255</v>
+        <v>69</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A187" s="1" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A188" s="1" t="s">
-        <v>222</v>
+        <v>115</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A189" s="1" t="s">
-        <v>66</v>
+        <v>33</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A190" s="1" t="s">
-        <v>249</v>
+        <v>50</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A191" s="1" t="s">
-        <v>72</v>
+        <v>224</v>
       </c>
     </row>
     <row r="192" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A192" s="1" t="s">
-        <v>140</v>
+        <v>230</v>
       </c>
     </row>
     <row r="193" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A193" s="1" t="s">
-        <v>120</v>
+        <v>174</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A194" s="1" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A195" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A196" s="1" t="s">
-        <v>232</v>
+        <v>146</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A197" s="1" t="s">
-        <v>238</v>
+        <v>134</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A198" s="1" t="s">
-        <v>182</v>
+        <v>65</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A199" s="1" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A200" s="1" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A201" s="1" t="s">
-        <v>153</v>
+        <v>22</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A202" s="1" t="s">
-        <v>141</v>
+        <v>83</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A203" s="1" t="s">
-        <v>68</v>
+        <v>193</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A204" s="1" t="s">
-        <v>22</v>
+        <v>89</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A205" s="1" t="s">
-        <v>88</v>
+        <v>23</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A206" s="1" t="s">
-        <v>23</v>
+        <v>163</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A207" s="1" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A208" s="1" t="s">
-        <v>201</v>
+        <v>177</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A209" s="1" t="s">
-        <v>92</v>
+        <v>24</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A210" s="1" t="s">
-        <v>24</v>
+        <v>225</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A211" s="1" t="s">
-        <v>121</v>
+        <v>25</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A212" s="1" t="s">
-        <v>170</v>
+        <v>88</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A213" s="1" t="s">
-        <v>93</v>
+        <v>216</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A214" s="1" t="s">
-        <v>100</v>
+        <v>158</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A215" s="1" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A216" s="1" t="s">
-        <v>25</v>
+        <v>142</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A217" s="1" t="s">
-        <v>233</v>
+        <v>136</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A218" s="1" t="s">
-        <v>26</v>
+        <v>190</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A219" s="1" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A220" s="1" t="s">
-        <v>224</v>
+        <v>117</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A221" s="1" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A222" s="1" t="s">
-        <v>190</v>
+        <v>226</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A223" s="1" t="s">
-        <v>149</v>
+        <v>84</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A224" s="1" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A225" s="1" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A226" s="1" t="s">
-        <v>122</v>
+        <v>27</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A227" s="1" t="s">
-        <v>123</v>
+        <v>160</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A228" s="1" t="s">
-        <v>166</v>
+        <v>183</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A229" s="1" t="s">
-        <v>234</v>
+        <v>70</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A230" s="1" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A231" s="1" t="s">
-        <v>27</v>
+        <v>97</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A232" s="1" t="s">
-        <v>215</v>
+        <v>149</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A233" s="1" t="s">
-        <v>28</v>
+        <v>184</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A234" s="1" t="s">
-        <v>167</v>
+        <v>147</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A235" s="1" t="s">
-        <v>191</v>
+        <v>231</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A236" s="1" t="s">
-        <v>73</v>
+        <v>250</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A237" s="1" t="s">
-        <v>60</v>
+        <v>118</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A238" s="1" t="s">
-        <v>101</v>
+        <v>217</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A239" s="1" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A240" s="1" t="s">
-        <v>192</v>
+        <v>38</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A241" s="1" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A242" s="1" t="s">
-        <v>239</v>
+        <v>55</v>
       </c>
     </row>
     <row r="243" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A243" s="1" t="s">
-        <v>258</v>
+        <v>175</v>
       </c>
     </row>
     <row r="244" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A244" s="1" t="s">
-        <v>124</v>
+        <v>28</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A245" s="1" t="s">
-        <v>225</v>
+        <v>71</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A246" s="1" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A247" s="1" t="s">
-        <v>39</v>
+        <v>29</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A248" s="1" t="s">
-        <v>169</v>
+        <v>211</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A249" s="1" t="s">
-        <v>56</v>
+        <v>119</v>
       </c>
     </row>
     <row r="250" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A250" s="1" t="s">
-        <v>183</v>
+        <v>99</v>
       </c>
     </row>
     <row r="251" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A251" s="1" t="s">
-        <v>29</v>
+        <v>75</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A252" s="1" t="s">
-        <v>74</v>
-[...34 lines deleted...]
-        <v>256</v>
+        <v>248</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A245">
-    <sortCondition ref="A1:A245"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A1048457">
+    <sortCondition ref="A1:A1048457"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>