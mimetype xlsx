--- v2 (2025-12-15)
+++ v3 (2026-01-08)
@@ -4,79 +4,79 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fishjl\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5AEB23BB-6F7F-44D2-B3B8-B145FBF7E6F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{141AB6B2-F702-4A33-B34C-4ED7D568C099}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{C3B6FEE4-BC47-4D3A-A232-78B565EC4B58}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="252" uniqueCount="252">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="257">
   <si>
     <t>Company Name:</t>
   </si>
   <si>
     <t>ABC Cutting Contractors of Jacksonville, Inc.</t>
   </si>
   <si>
     <t>Acousti Eng. Co. of Florida</t>
   </si>
   <si>
     <t>ADS, LLC.</t>
   </si>
   <si>
     <t>Advanced Turbine Support, llc.</t>
   </si>
   <si>
     <t>Advantage Contracting Group Inc.</t>
   </si>
   <si>
     <t>A-Line EDS, Inc.</t>
   </si>
   <si>
     <t>Allied Power Group, llc</t>
   </si>
   <si>
@@ -788,50 +788,65 @@
     <t>C &amp; R General Contractors, Inc.; DBA CAVAN Electric, Inc.; DBA Ecotech Environmental Services, Inc.; DBA Universal Petroleum Services, Inc.; DBA In Vent, Inc.</t>
   </si>
   <si>
     <t>CoAdvantage Corporation Alt. Emp: CJ's Sales and Service of Ocala dba: CJ's Power Systems</t>
   </si>
   <si>
     <t>ITG TECHNOLOGIES</t>
   </si>
   <si>
     <t>Moran Environmental Recovery, LLC.</t>
   </si>
   <si>
     <t>Pye Barker Fire &amp; Safety LLC</t>
   </si>
   <si>
     <t xml:space="preserve">Zabatt Engine Services, Inc. </t>
   </si>
   <si>
     <t xml:space="preserve">DraCool USA Inc. </t>
   </si>
   <si>
     <t>Vilano Electric Inc.</t>
   </si>
   <si>
     <t>JLV Electric Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Hitachi Energy USA Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREC Safety Consulting LLC </t>
+  </si>
+  <si>
+    <t>Ceram USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great Southwestern Construction, Inc. </t>
+  </si>
+  <si>
+    <t>Midstate's Energy Co, LLC</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1144,1318 +1159,1343 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50BFFFB6-0279-44E9-BE8F-5B5156305036}">
-  <dimension ref="A1:A252"/>
+  <dimension ref="A1:A257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <selection sqref="A1:A1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="77.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
-        <v>144</v>
+        <v>252</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>232</v>
+        <v>144</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>87</v>
+        <v>232</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>120</v>
+        <v>87</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
-        <v>1</v>
+        <v>120</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>227</v>
+        <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>76</v>
+        <v>227</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
-        <v>150</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>32</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>164</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>2</v>
+        <v>164</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>165</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A15" s="1" t="s">
-        <v>4</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
-        <v>140</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
-        <v>6</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>178</v>
+        <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>7</v>
+        <v>178</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
-        <v>77</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
-        <v>198</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>8</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>100</v>
+        <v>8</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>47</v>
+        <v>100</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>59</v>
+        <v>47</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>9</v>
+        <v>59</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>209</v>
+        <v>9</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>242</v>
+        <v>209</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
-        <v>199</v>
+        <v>253</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>166</v>
+        <v>242</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
-        <v>151</v>
+        <v>199</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
-        <v>168</v>
+        <v>151</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
-        <v>61</v>
+        <v>167</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
-        <v>53</v>
+        <v>168</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1" t="s">
-        <v>121</v>
+        <v>61</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
-        <v>208</v>
+        <v>121</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1" t="s">
-        <v>186</v>
+        <v>10</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
-        <v>152</v>
+        <v>208</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
-        <v>228</v>
+        <v>186</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
-        <v>44</v>
+        <v>228</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>11</v>
+        <v>122</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
-        <v>213</v>
+        <v>44</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
-        <v>86</v>
+        <v>11</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
-        <v>243</v>
+        <v>213</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
-        <v>153</v>
+        <v>86</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1" t="s">
-        <v>101</v>
+        <v>243</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1" t="s">
-        <v>98</v>
+        <v>153</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A53" s="1" t="s">
-        <v>123</v>
+        <v>101</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A54" s="1" t="s">
-        <v>200</v>
+        <v>98</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A55" s="1" t="s">
-        <v>31</v>
+        <v>254</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A56" s="1" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A57" s="1" t="s">
-        <v>219</v>
+        <v>200</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A58" s="1" t="s">
-        <v>244</v>
+        <v>31</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A59" s="1" t="s">
-        <v>39</v>
+        <v>145</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A60" s="1" t="s">
-        <v>40</v>
+        <v>219</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A61" s="1" t="s">
-        <v>72</v>
+        <v>244</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A62" s="1" t="s">
-        <v>201</v>
+        <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A63" s="1" t="s">
-        <v>202</v>
+        <v>40</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A64" s="1" t="s">
-        <v>124</v>
+        <v>72</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
-        <v>73</v>
+        <v>201</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A66" s="1" t="s">
-        <v>229</v>
+        <v>202</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A67" s="1" t="s">
-        <v>154</v>
+        <v>124</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A68" s="1" t="s">
-        <v>12</v>
+        <v>73</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A69" s="1" t="s">
-        <v>45</v>
+        <v>229</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A70" s="1" t="s">
-        <v>13</v>
+        <v>154</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A71" s="1" t="s">
-        <v>220</v>
+        <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A72" s="1" t="s">
-        <v>233</v>
+        <v>45</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A73" s="1" t="s">
-        <v>102</v>
+        <v>13</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A74" s="1" t="s">
-        <v>148</v>
+        <v>220</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A75" s="1" t="s">
-        <v>54</v>
+        <v>233</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A76" s="1" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A77" s="1" t="s">
-        <v>103</v>
+        <v>148</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A78" s="1" t="s">
-        <v>249</v>
+        <v>54</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A79" s="1" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A80" s="1" t="s">
-        <v>14</v>
+        <v>103</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A81" s="1" t="s">
-        <v>138</v>
+        <v>249</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A82" s="1" t="s">
-        <v>104</v>
+        <v>135</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A83" s="1" t="s">
-        <v>62</v>
+        <v>14</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A84" s="1" t="s">
-        <v>78</v>
+        <v>138</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A85" s="1" t="s">
-        <v>66</v>
+        <v>104</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A86" s="1" t="s">
-        <v>125</v>
+        <v>62</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A87" s="1" t="s">
-        <v>187</v>
+        <v>78</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A88" s="1" t="s">
-        <v>15</v>
+        <v>66</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A89" s="1" t="s">
-        <v>176</v>
+        <v>125</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A90" s="1" t="s">
-        <v>67</v>
+        <v>187</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
-        <v>218</v>
+        <v>15</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A92" s="1" t="s">
-        <v>126</v>
+        <v>176</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A93" s="1" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A94" s="1" t="s">
-        <v>188</v>
+        <v>218</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A95" s="1" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A96" s="1" t="s">
-        <v>234</v>
+        <v>92</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A97" s="1" t="s">
-        <v>105</v>
+        <v>188</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1" t="s">
-        <v>143</v>
+        <v>194</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1" t="s">
-        <v>56</v>
+        <v>234</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1" t="s">
-        <v>203</v>
+        <v>105</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1" t="s">
-        <v>30</v>
+        <v>143</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1" t="s">
-        <v>215</v>
+        <v>56</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1" t="s">
-        <v>139</v>
+        <v>203</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A104" s="1" t="s">
-        <v>179</v>
+        <v>30</v>
       </c>
     </row>
     <row r="105" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A105" s="1" t="s">
-        <v>60</v>
+        <v>215</v>
       </c>
     </row>
     <row r="106" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A106" s="1" t="s">
-        <v>37</v>
+        <v>139</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A107" s="1" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A108" s="1" t="s">
-        <v>79</v>
+        <v>60</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A109" s="1" t="s">
-        <v>63</v>
+        <v>37</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A110" s="1" t="s">
-        <v>106</v>
+        <v>180</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A111" s="1" t="s">
-        <v>16</v>
+        <v>79</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A112" s="1" t="s">
-        <v>127</v>
+        <v>63</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A113" s="1" t="s">
-        <v>36</v>
+        <v>106</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A114" s="1" t="s">
-        <v>41</v>
+        <v>16</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A115" s="1" t="s">
-        <v>46</v>
+        <v>127</v>
       </c>
     </row>
     <row r="116" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A116" s="1" t="s">
-        <v>17</v>
+        <v>36</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A117" s="1" t="s">
-        <v>155</v>
+        <v>41</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A118" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A119" s="1" t="s">
-        <v>169</v>
+        <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A120" s="1" t="s">
-        <v>107</v>
+        <v>155</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A121" s="1" t="s">
-        <v>204</v>
+        <v>255</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A122" s="1" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A123" s="1" t="s">
-        <v>52</v>
+        <v>169</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A124" s="1" t="s">
-        <v>82</v>
+        <v>107</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A125" s="1" t="s">
-        <v>108</v>
+        <v>204</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A126" s="1" t="s">
-        <v>74</v>
+        <v>34</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A127" s="1" t="s">
-        <v>18</v>
+        <v>52</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A128" s="1" t="s">
-        <v>170</v>
+        <v>82</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A129" s="1" t="s">
-        <v>189</v>
+        <v>108</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A130" s="1" t="s">
-        <v>156</v>
+        <v>74</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A131" s="1" t="s">
-        <v>245</v>
+        <v>18</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A132" s="1" t="s">
-        <v>128</v>
+        <v>170</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A133" s="1" t="s">
-        <v>221</v>
+        <v>189</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A134" s="1" t="s">
-        <v>237</v>
+        <v>156</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A135" s="1" t="s">
-        <v>93</v>
+        <v>245</v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A136" s="1" t="s">
-        <v>109</v>
+        <v>128</v>
       </c>
     </row>
     <row r="137" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A137" s="1" t="s">
-        <v>57</v>
+        <v>221</v>
       </c>
     </row>
     <row r="138" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A138" s="1" t="s">
-        <v>94</v>
+        <v>237</v>
       </c>
     </row>
     <row r="139" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A139" s="1" t="s">
-        <v>251</v>
+        <v>93</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
-        <v>205</v>
+        <v>109</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A141" s="1" t="s">
-        <v>19</v>
+        <v>57</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>42</v>
+        <v>94</v>
       </c>
     </row>
     <row r="143" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A143" s="1" t="s">
-        <v>191</v>
+        <v>251</v>
       </c>
     </row>
     <row r="144" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A144" s="1" t="s">
-        <v>181</v>
+        <v>205</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A145" s="1" t="s">
-        <v>171</v>
+        <v>19</v>
       </c>
     </row>
     <row r="146" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A146" s="1" t="s">
-        <v>222</v>
+        <v>42</v>
       </c>
     </row>
     <row r="147" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A147" s="1" t="s">
-        <v>110</v>
+        <v>191</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A148" s="1" t="s">
-        <v>91</v>
+        <v>181</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A149" s="1" t="s">
-        <v>157</v>
+        <v>171</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A150" s="1" t="s">
-        <v>129</v>
+        <v>222</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A151" s="1" t="s">
-        <v>238</v>
+        <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A152" s="1" t="s">
-        <v>172</v>
+        <v>91</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A153" s="1" t="s">
-        <v>20</v>
+        <v>157</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A154" s="1" t="s">
-        <v>111</v>
+        <v>129</v>
       </c>
     </row>
     <row r="155" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A155" s="1" t="s">
-        <v>210</v>
+        <v>238</v>
       </c>
     </row>
     <row r="156" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A156" s="1" t="s">
-        <v>112</v>
+        <v>172</v>
       </c>
     </row>
     <row r="157" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A157" s="1" t="s">
-        <v>80</v>
+        <v>20</v>
       </c>
     </row>
     <row r="158" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A158" s="1" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A159" s="1" t="s">
-        <v>43</v>
+        <v>210</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A160" s="1" t="s">
-        <v>131</v>
+        <v>112</v>
       </c>
     </row>
     <row r="161" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A161" s="1" t="s">
-        <v>90</v>
+        <v>80</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A162" s="1" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
     </row>
     <row r="163" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A163" s="1" t="s">
-        <v>141</v>
+        <v>130</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A164" s="1" t="s">
-        <v>195</v>
+        <v>43</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A165" s="1" t="s">
-        <v>68</v>
+        <v>131</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A166" s="1" t="s">
-        <v>212</v>
+        <v>90</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A167" s="1" t="s">
-        <v>235</v>
+        <v>246</v>
       </c>
     </row>
     <row r="168" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A168" s="1" t="s">
-        <v>206</v>
+        <v>141</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A169" s="1" t="s">
-        <v>239</v>
+        <v>195</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A170" s="1" t="s">
-        <v>173</v>
+        <v>68</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A171" s="1" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A172" s="1" t="s">
-        <v>81</v>
+        <v>235</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A173" s="1" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A174" s="1" t="s">
-        <v>223</v>
+        <v>239</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A175" s="1" t="s">
-        <v>240</v>
+        <v>173</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A176" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A177" s="1" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A178" s="1" t="s">
-        <v>236</v>
+        <v>197</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A179" s="1" t="s">
-        <v>49</v>
+        <v>223</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A180" s="1" t="s">
-        <v>132</v>
+        <v>240</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A181" s="1" t="s">
-        <v>35</v>
+        <v>192</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A182" s="1" t="s">
-        <v>247</v>
+        <v>113</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A183" s="1" t="s">
-        <v>114</v>
+        <v>236</v>
       </c>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A184" s="1" t="s">
-        <v>214</v>
+        <v>49</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A185" s="1" t="s">
-        <v>241</v>
+        <v>132</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A186" s="1" t="s">
-        <v>69</v>
+        <v>35</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A187" s="1" t="s">
-        <v>133</v>
+        <v>247</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A188" s="1" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A189" s="1" t="s">
-        <v>33</v>
+        <v>214</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A190" s="1" t="s">
-        <v>50</v>
+        <v>241</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A191" s="1" t="s">
-        <v>224</v>
+        <v>69</v>
       </c>
     </row>
     <row r="192" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A192" s="1" t="s">
-        <v>230</v>
+        <v>133</v>
       </c>
     </row>
     <row r="193" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A193" s="1" t="s">
-        <v>174</v>
+        <v>115</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A194" s="1" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A195" s="1" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A196" s="1" t="s">
-        <v>146</v>
+        <v>224</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A197" s="1" t="s">
-        <v>134</v>
+        <v>230</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A198" s="1" t="s">
-        <v>65</v>
+        <v>174</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A199" s="1" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A200" s="1" t="s">
-        <v>85</v>
+        <v>51</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A201" s="1" t="s">
-        <v>22</v>
+        <v>146</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A202" s="1" t="s">
-        <v>83</v>
+        <v>134</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A203" s="1" t="s">
-        <v>193</v>
+        <v>65</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A204" s="1" t="s">
-        <v>89</v>
+        <v>21</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A205" s="1" t="s">
-        <v>23</v>
+        <v>85</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A206" s="1" t="s">
-        <v>163</v>
+        <v>22</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A207" s="1" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A208" s="1" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A209" s="1" t="s">
-        <v>24</v>
+        <v>89</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A210" s="1" t="s">
-        <v>225</v>
+        <v>23</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A211" s="1" t="s">
-        <v>25</v>
+        <v>163</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A212" s="1" t="s">
-        <v>88</v>
+        <v>96</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A213" s="1" t="s">
-        <v>216</v>
+        <v>177</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A214" s="1" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A215" s="1" t="s">
-        <v>182</v>
+        <v>225</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A216" s="1" t="s">
-        <v>142</v>
+        <v>25</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A217" s="1" t="s">
-        <v>136</v>
+        <v>88</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A218" s="1" t="s">
-        <v>190</v>
+        <v>216</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A219" s="1" t="s">
-        <v>116</v>
+        <v>158</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A220" s="1" t="s">
-        <v>117</v>
+        <v>182</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A221" s="1" t="s">
-        <v>159</v>
+        <v>142</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A222" s="1" t="s">
-        <v>226</v>
+        <v>136</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A223" s="1" t="s">
-        <v>84</v>
+        <v>190</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A224" s="1" t="s">
-        <v>26</v>
+        <v>116</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A225" s="1" t="s">
-        <v>207</v>
+        <v>117</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A226" s="1" t="s">
-        <v>27</v>
+        <v>159</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A227" s="1" t="s">
-        <v>160</v>
+        <v>226</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A228" s="1" t="s">
-        <v>183</v>
+        <v>84</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A229" s="1" t="s">
-        <v>70</v>
+        <v>26</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A230" s="1" t="s">
-        <v>58</v>
+        <v>207</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A231" s="1" t="s">
-        <v>97</v>
+        <v>27</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A232" s="1" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A233" s="1" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A234" s="1" t="s">
-        <v>147</v>
+        <v>70</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A235" s="1" t="s">
-        <v>231</v>
+        <v>58</v>
       </c>
     </row>
     <row r="236" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A236" s="1" t="s">
-        <v>250</v>
+        <v>97</v>
       </c>
     </row>
     <row r="237" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A237" s="1" t="s">
-        <v>118</v>
+        <v>149</v>
       </c>
     </row>
     <row r="238" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A238" s="1" t="s">
-        <v>217</v>
+        <v>184</v>
       </c>
     </row>
     <row r="239" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A239" s="1" t="s">
-        <v>161</v>
+        <v>147</v>
       </c>
     </row>
     <row r="240" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A240" s="1" t="s">
-        <v>38</v>
+        <v>231</v>
       </c>
     </row>
     <row r="241" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A241" s="1" t="s">
-        <v>162</v>
+        <v>250</v>
       </c>
     </row>
     <row r="242" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A242" s="1" t="s">
-        <v>55</v>
+        <v>118</v>
       </c>
     </row>
     <row r="243" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A243" s="1" t="s">
-        <v>175</v>
+        <v>217</v>
       </c>
     </row>
     <row r="244" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A244" s="1" t="s">
-        <v>28</v>
+        <v>161</v>
       </c>
     </row>
     <row r="245" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A245" s="1" t="s">
-        <v>71</v>
+        <v>38</v>
       </c>
     </row>
     <row r="246" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A246" s="1" t="s">
-        <v>185</v>
+        <v>162</v>
       </c>
     </row>
     <row r="247" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A247" s="1" t="s">
-        <v>29</v>
+        <v>55</v>
       </c>
     </row>
     <row r="248" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A248" s="1" t="s">
-        <v>211</v>
+        <v>175</v>
       </c>
     </row>
     <row r="249" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A249" s="1" t="s">
-        <v>119</v>
+        <v>28</v>
       </c>
     </row>
     <row r="250" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A250" s="1" t="s">
-        <v>99</v>
+        <v>71</v>
       </c>
     </row>
     <row r="251" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A251" s="1" t="s">
-        <v>75</v>
+        <v>185</v>
       </c>
     </row>
     <row r="252" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A252" s="1" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="253" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A253" s="1" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="254" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A254" s="1" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="255" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A255" s="1" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="256" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A256" s="1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="257" spans="1:1" x14ac:dyDescent="0.35">
+      <c r="A257" s="1" t="s">
         <v>248</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A1048457">
     <sortCondition ref="A1:A1048457"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>