--- v3 (2026-01-08)
+++ v4 (2026-02-12)
@@ -4,89 +4,86 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\fishjl\Desktop\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{141AB6B2-F702-4A33-B34C-4ED7D568C099}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{51960226-78E0-405E-9C88-A3B79F7FCC2D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{C3B6FEE4-BC47-4D3A-A232-78B565EC4B58}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="235">
   <si>
     <t>Company Name:</t>
   </si>
   <si>
     <t>ABC Cutting Contractors of Jacksonville, Inc.</t>
   </si>
   <si>
-    <t>Acousti Eng. Co. of Florida</t>
-[...1 lines deleted...]
-  <si>
     <t>ADS, LLC.</t>
   </si>
   <si>
     <t>Advanced Turbine Support, llc.</t>
   </si>
   <si>
     <t>Advantage Contracting Group Inc.</t>
   </si>
   <si>
     <t>A-Line EDS, Inc.</t>
   </si>
   <si>
     <t>Allied Power Group, llc</t>
   </si>
   <si>
     <t>ANAMAR Environmental Consulting, Inc.</t>
   </si>
   <si>
     <t>Aptim Environmental &amp; Infrastructure, LLC</t>
   </si>
   <si>
     <t>Beyel Brothers, Inc.</t>
   </si>
   <si>
     <t>Bremco</t>
@@ -103,750 +100,687 @@
   <si>
     <t>Eletcol LLC.</t>
   </si>
   <si>
     <t>G.T.G. Overhauling Services</t>
   </si>
   <si>
     <t>GEC Trucking &amp; Construction Inc</t>
   </si>
   <si>
     <t>Hydromax USA LLC</t>
   </si>
   <si>
     <t>JOHN WOODY, INC.</t>
   </si>
   <si>
     <t>Marietta Sand Corp. (MSC)</t>
   </si>
   <si>
     <t>Sims Crane &amp; Equipment Co.</t>
   </si>
   <si>
     <t>Southeast Paving, Inc.</t>
   </si>
   <si>
+    <t>T.G. Utility Company, Inc.</t>
+  </si>
+  <si>
+    <t>Tappouni Mechanical Services, Inc.</t>
+  </si>
+  <si>
+    <t>Tommy's Mobile Services LLC</t>
+  </si>
+  <si>
+    <t>Trees, LLC:</t>
+  </si>
+  <si>
+    <t>Warden Construction Corp</t>
+  </si>
+  <si>
+    <t>Wharton-Smith, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Fire Sprinkler Services FL, LLC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Classic Controls, Inc. </t>
+  </si>
+  <si>
+    <t>ACME Barricade</t>
+  </si>
+  <si>
+    <t>Register Roofing &amp; Sheet Metal, lnc</t>
+  </si>
+  <si>
+    <t>Hal Jones Contractor A Division of Vecellio &amp; Grogan, Inc.</t>
+  </si>
+  <si>
+    <t>Prolime Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gannett Fleming, Inc. </t>
+  </si>
+  <si>
+    <t>Florida Roads Contracting LLC</t>
+  </si>
+  <si>
+    <t>W.G. Yates &amp; Sons Construction Company</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Coastal Utility Constructors of Jacksonville, Inc. </t>
+  </si>
+  <si>
+    <t>Cogburn Bros. Inc.</t>
+  </si>
+  <si>
+    <t>Garney Construction</t>
+  </si>
+  <si>
+    <t xml:space="preserve">KBT Contracting Corp. </t>
+  </si>
+  <si>
+    <t>Milton J Wood Fire Protection Inc.</t>
+  </si>
+  <si>
+    <t>Breaking Ground Contracting Company</t>
+  </si>
+  <si>
+    <t>Corrocoat USA, Inc</t>
+  </si>
+  <si>
+    <t>Antique &amp; Modern Cabinets, Inc.</t>
+  </si>
+  <si>
+    <t>Grimes Utilities, Inc.</t>
+  </si>
+  <si>
+    <t>Premier Communications Group, Inc.</t>
+  </si>
+  <si>
+    <t>Reliable Substation Services Inc</t>
+  </si>
+  <si>
+    <t>HAUGLAND ENERGY GROUP LLC</t>
+  </si>
+  <si>
+    <t>Barcelona Equipment, Inc.</t>
+  </si>
+  <si>
+    <t>D.B. Construction Services, Inc.</t>
+  </si>
+  <si>
+    <t>W.W. Gay Mechanical Contractor, Inc</t>
+  </si>
+  <si>
+    <t>Ferreira Construction Co., Inc.</t>
+  </si>
+  <si>
+    <t>JB Coxwell Contracting, Inc.</t>
+  </si>
+  <si>
+    <t>Unitherm</t>
+  </si>
+  <si>
+    <t>Applied Technical Services, LLC</t>
+  </si>
+  <si>
+    <t>FLORIDA MECHANICAL SYSTEMS INC.</t>
+  </si>
+  <si>
+    <t>Babcock &amp; Wilcox Field Engineering Services</t>
+  </si>
+  <si>
+    <t>E. Vaughan Rivers, Inc.</t>
+  </si>
+  <si>
+    <t>French &amp; Company, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Ruby-Collins, Inc </t>
+  </si>
+  <si>
+    <t>Siemens Energy Inc</t>
+  </si>
+  <si>
+    <t>Eddy Current Specialists, Inc.</t>
+  </si>
+  <si>
+    <t>ENTACT, LLC</t>
+  </si>
+  <si>
+    <t>National Engineering &amp; Repair Corp</t>
+  </si>
+  <si>
+    <t>Ray Ware Hardware Inc.</t>
+  </si>
+  <si>
+    <t>UCC Environmental</t>
+  </si>
+  <si>
+    <t>Warren Asphalt Inc.</t>
+  </si>
+  <si>
+    <t>Coker Industrial Contractors / Coker Crane &amp; Rigging</t>
+  </si>
+  <si>
+    <t>Control Southern Inc</t>
+  </si>
+  <si>
+    <t>Hubbell Incorporated</t>
+  </si>
+  <si>
+    <t>Youngquist Brothers, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ACE FABRICATIONS LLC </t>
+  </si>
+  <si>
+    <t>Midland Florida LLC</t>
+  </si>
+  <si>
+    <t>Petticoat-Schmitt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Heart Utilities of Jacksonville </t>
+  </si>
+  <si>
+    <t>TNL Underground Corp</t>
+  </si>
+  <si>
+    <t>TB Landmark Construction, Inc.</t>
+  </si>
+  <si>
+    <t>Southern Wall Specialties, Inc.</t>
+  </si>
+  <si>
+    <t>LGG Industrial Holdings, Inc.</t>
+  </si>
+  <si>
+    <t>Jax Dirtworks, Inc.</t>
+  </si>
+  <si>
+    <t>Diversified Substation Construction, LLC.</t>
+  </si>
+  <si>
+    <t>Synergy Rents, LLC</t>
+  </si>
+  <si>
+    <t>USSI, LLC</t>
+  </si>
+  <si>
+    <t>Anderson Diving Inc. dba Logan Diving &amp; Salvage</t>
+  </si>
+  <si>
+    <t>Cajun Installation &amp; Distributing Inc.</t>
+  </si>
+  <si>
+    <t>D and J Erosion Control Specialists, Inc.</t>
+  </si>
+  <si>
+    <t>DOWNSTREAM COMPANY INC</t>
+  </si>
+  <si>
+    <t>E. F. Lea Electrical Contractor, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Facility Automation Solutions, Inc. </t>
+  </si>
+  <si>
+    <t>G.A. West &amp; Co., Inc.</t>
+  </si>
+  <si>
+    <t>Horizon Pipe</t>
+  </si>
+  <si>
+    <t>Jax Utilities Management, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Landscape Construction LLC </t>
+  </si>
+  <si>
+    <t>Mechanical Dynamics &amp; Analysis LLC</t>
+  </si>
+  <si>
+    <t>Meskel &amp; Associates Engineering, PLLC</t>
+  </si>
+  <si>
+    <t>Precon Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Thigpen Heating &amp; Cooling, Inc. </t>
+  </si>
+  <si>
+    <t>VMG Construction Inc.</t>
+  </si>
+  <si>
+    <t>Xylem Inc.</t>
+  </si>
+  <si>
+    <t>ABB Inc.</t>
+  </si>
+  <si>
+    <t>Bermex Metering Services</t>
+  </si>
+  <si>
+    <t>BrandSafway Solutions LLC,</t>
+  </si>
+  <si>
+    <t>Childers Roofing &amp; Sheet Metal, A Tecta America Company LLC</t>
+  </si>
+  <si>
+    <t>Concrete Profiles Inc</t>
+  </si>
+  <si>
+    <t>EJCON Corporation</t>
+  </si>
+  <si>
+    <t>Environmental Services by J.D.B. LLC.</t>
+  </si>
+  <si>
+    <t>G4 Holding Jax, LLC dba George P. Coyle and Sons</t>
+  </si>
+  <si>
+    <t>J Gray &amp; Associates</t>
+  </si>
+  <si>
+    <t>M.A. E CONTRACTING LLC</t>
+  </si>
+  <si>
+    <t>MILLER ELECTRIC COMPANY</t>
+  </si>
+  <si>
+    <t>MJW Consolidated, Inc. Milton J. Wood Company</t>
+  </si>
+  <si>
+    <t>Premier Corrosion Protection Services (USA) Inc.  (AKA: Premier CPS)</t>
+  </si>
+  <si>
+    <t>Scope Services, Inc.</t>
+  </si>
+  <si>
+    <t>Drew Hartmann Plumbing, Inc</t>
+  </si>
+  <si>
+    <t>The Dantzler Group Inc.</t>
+  </si>
+  <si>
+    <t>Fleet Pressure Washing, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AJ Johns, Inc </t>
+  </si>
+  <si>
+    <t>The Colt Group Holdings LLC</t>
+  </si>
+  <si>
+    <t>Ferber Sheet Metal Works, Inc.</t>
+  </si>
+  <si>
+    <t>9680 Contract Carpet, Inc.</t>
+  </si>
+  <si>
+    <t>Clean Harbors Environmental Services</t>
+  </si>
+  <si>
+    <t>S. David Flooring LLC</t>
+  </si>
+  <si>
+    <t>Vector Power LLC</t>
+  </si>
+  <si>
+    <t>D. J. Contracting of Jacksonville, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vallencourt, Inc. </t>
+  </si>
+  <si>
+    <t>ACF Holdings of Tampa Bay, Inc.</t>
+  </si>
+  <si>
+    <t>Atlantic Plant Maintenance, Inc.</t>
+  </si>
+  <si>
+    <t>Blanchard Caulking &amp; Coating</t>
+  </si>
+  <si>
+    <t>Generator Source, LLC</t>
+  </si>
+  <si>
+    <t>Iris Power</t>
+  </si>
+  <si>
+    <t xml:space="preserve">M &amp; J Striping, Inc. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Trinity Company, LLC </t>
+  </si>
+  <si>
+    <t>W.D. Wright Contracting, LLC</t>
+  </si>
+  <si>
+    <t>W.Gardner, LLC -OBA -3D Concrete Solutions</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Superior Millwork Company </t>
+  </si>
+  <si>
+    <t>Acon Construction Company Inc.</t>
+  </si>
+  <si>
+    <t>ADVANCE INDUSTRIAL COATINGS LLC</t>
+  </si>
+  <si>
+    <t>Auld &amp; White Constructors</t>
+  </si>
+  <si>
+    <t>Azuria Water Solutions, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Groome Industrial Service Group, LLC </t>
+  </si>
+  <si>
+    <t>HYPOWER, LLC</t>
+  </si>
+  <si>
+    <t>KUDZUE 3 TRUCKING, INC.</t>
+  </si>
+  <si>
+    <t>MAC PRODUCTS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Pars Construction Services, LLC. </t>
+  </si>
+  <si>
+    <t>Rountree Transport &amp; Rigging Inc</t>
+  </si>
+  <si>
+    <t>Waddington &amp; Son Electric</t>
+  </si>
+  <si>
+    <t>Energylink Us Inc.</t>
+  </si>
+  <si>
+    <t>T C B SERVICES LLC</t>
+  </si>
+  <si>
+    <t>Allegiance Crane &amp; Equipment, LLC</t>
+  </si>
+  <si>
+    <t>Florida East Coast Construction #1, LLC</t>
+  </si>
+  <si>
+    <t>Flotech; FloWorks International LLC</t>
+  </si>
+  <si>
+    <t>Knepps Construction and Excavating of Florida, LLC</t>
+  </si>
+  <si>
+    <t>TesTex, Inc</t>
+  </si>
+  <si>
+    <t>True Patriots Heating &amp; Air. LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vecta Environmental Services LLC </t>
+  </si>
+  <si>
+    <t>Watts Mechanical &amp; Plumbing, Inc.</t>
+  </si>
+  <si>
+    <t>Birken Construction, Inc.</t>
+  </si>
+  <si>
+    <t>EK Birken Masonry Inc</t>
+  </si>
+  <si>
+    <t>Eskola, LLC</t>
+  </si>
+  <si>
+    <t>Irby Construction Company A Quanta Service Company</t>
+  </si>
+  <si>
+    <t>The Haskell Company</t>
+  </si>
+  <si>
+    <t>Southern Logistics Inc.</t>
+  </si>
+  <si>
+    <t>ET Environmental Corp, LLC</t>
+  </si>
+  <si>
+    <t>National Electrical Engineering Consultants LLC</t>
+  </si>
+  <si>
+    <t>PC Construction Company dba PCEO</t>
+  </si>
+  <si>
+    <t>Plibrico Company, LLC</t>
+  </si>
+  <si>
+    <t>American Safety LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Atlantic Insulation, Inc. </t>
+  </si>
+  <si>
+    <t>Chlor-Serv, Inc.</t>
+  </si>
+  <si>
+    <t>COMANCO Environmental Corporation</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Complete Services Well Drilling INC </t>
+  </si>
+  <si>
+    <t xml:space="preserve">FIRE HYDRANT UNLIMITED AND UNDERGROUND  UTILITIES, INC. </t>
+  </si>
+  <si>
+    <t>H TRENT ELSON UNDERGROUND SPRINKLER</t>
+  </si>
+  <si>
+    <t>John Lucas Tree Expert Co.</t>
+  </si>
+  <si>
+    <t>ONAS Corporation</t>
+  </si>
+  <si>
+    <t>Trane Technologies</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Birdi Systems, Inc. </t>
+  </si>
+  <si>
+    <t>Arc Surveying &amp; Mapping, Inc.</t>
+  </si>
+  <si>
+    <t>Mechling Engineering &amp; Consulting, Inc.</t>
+  </si>
+  <si>
+    <t>Wunderlich-Malec Engineering, Inc., Wunderlich- Malec Systems, Inc., Wunderlich Malec Services Inc</t>
+  </si>
+  <si>
+    <t>Nycom Inc</t>
+  </si>
+  <si>
+    <t>Brock Services, LLC</t>
+  </si>
+  <si>
+    <t>R J Tripp Inc. dba J L Tripp Builders</t>
+  </si>
+  <si>
+    <t>FL GLASS LLC, OBA TURBO TINT</t>
+  </si>
+  <si>
+    <t>Team, Inc. and Subsidiaries Team Industrial Services, Inc. QualSpec, LLC Quantapoint, LLC Tank Consultants, LLC Tank Consultants Mechanical Services, LLC TCI Services, LLC TCI Services Holdings, LLC Furmanite Corporation Furmanite America, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">W.A. Chester LLC - United Utility </t>
+  </si>
+  <si>
+    <t>Environmental &amp; Natural Resources, LLC</t>
+  </si>
+  <si>
+    <t>CMG Pipelines, Inc.</t>
+  </si>
+  <si>
+    <t>CSI Geo, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Jacobs Project Management Company </t>
+  </si>
+  <si>
+    <t>KVA LEGENDS LLC</t>
+  </si>
+  <si>
+    <t>POWELL INDUSTRIES, INC.</t>
+  </si>
+  <si>
+    <t>Rema Tip Top North America, Inc.</t>
+  </si>
+  <si>
+    <t>Talcon Group, LLC</t>
+  </si>
+  <si>
+    <t>TK Elevator USA Holding, Inc.</t>
+  </si>
+  <si>
+    <t>ABC Professional Tree Services</t>
+  </si>
+  <si>
+    <t>Blue Iron Foundation and Shoring, LLC</t>
+  </si>
+  <si>
+    <t>COOK ELECTRICAL OF JACKSONVILLE INC</t>
+  </si>
+  <si>
+    <t>RoadSafe Holdings Inc. &amp; RoadSafe Traffic Systems, Inc.</t>
+  </si>
+  <si>
+    <t>Vertiv Holdings Co and all Subsidiary Companies</t>
+  </si>
+  <si>
+    <t>A PLUS CONSTRUCTION SERVICES INC</t>
+  </si>
+  <si>
+    <t>Exponential Power Inc.</t>
+  </si>
+  <si>
+    <t>Oak Mountain Industries, Inc; Oak Mountain Industries dba Glasrock; OMI Refractories LLC dba Bisco Refractories</t>
+  </si>
+  <si>
+    <t>Premier American Construction, Inc</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Javaughn Johnson &amp; Sons Inc. </t>
+  </si>
+  <si>
+    <t>M.G. Dyess</t>
+  </si>
+  <si>
+    <t>Padgett's Air Conditioning &amp; Heating, Inc.</t>
+  </si>
+  <si>
+    <t>Powerserve Technologies, Inc</t>
+  </si>
+  <si>
+    <t>R.R. Cassidy Inc.</t>
+  </si>
+  <si>
+    <t>Ash Signs Inc. dba FASTSIGNS</t>
+  </si>
+  <si>
+    <t>C &amp; R General Contractors, Inc.; DBA CAVAN Electric, Inc.; DBA Ecotech Environmental Services, Inc.; DBA Universal Petroleum Services, Inc.; DBA In Vent, Inc.</t>
+  </si>
+  <si>
+    <t>CoAdvantage Corporation Alt. Emp: CJ's Sales and Service of Ocala dba: CJ's Power Systems</t>
+  </si>
+  <si>
+    <t>ITG TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>Moran Environmental Recovery, LLC.</t>
+  </si>
+  <si>
+    <t>Pye Barker Fire &amp; Safety LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zabatt Engine Services, Inc. </t>
+  </si>
+  <si>
+    <t xml:space="preserve">DraCool USA Inc. </t>
+  </si>
+  <si>
+    <t>Vilano Electric Inc.</t>
+  </si>
+  <si>
+    <t>JLV Electric Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AREC Safety Consulting LLC </t>
+  </si>
+  <si>
+    <t>Ceram USA, Inc.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Great Southwestern Construction, Inc. </t>
+  </si>
+  <si>
+    <t>Midstate's Energy Co, LLC</t>
+  </si>
+  <si>
+    <t>Terracon Consultants</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C &amp; C Powerline </t>
+  </si>
+  <si>
+    <t>C. Sand Company, LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Carle Construction &amp; Maintenance </t>
+  </si>
+  <si>
+    <t>Hager Construction Company</t>
+  </si>
+  <si>
+    <t>Hitachi Energy USA Inc.</t>
+  </si>
+  <si>
+    <t>Marine Inspection LLC</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Mettler-Toledo International Inc. </t>
+  </si>
+  <si>
+    <t>Owen Electric Company, Inc.</t>
+  </si>
+  <si>
     <t>SPE Utility Contractors FD, LLC AKA, SPE Group</t>
   </si>
   <si>
-    <t>T.G. Utility Company, Inc.</t>
-[...695 lines deleted...]
-    <t>Midstate's Energy Co, LLC</t>
+    <t>United Utility Services, LLC and its subsidiaries</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -1159,1349 +1093,1239 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{50BFFFB6-0279-44E9-BE8F-5B5156305036}">
-  <dimension ref="A1:A257"/>
+  <dimension ref="A1:A235"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:A1048576"/>
+      <selection sqref="A1:A1048427"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="77.6328125" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A2" s="1" t="s">
-        <v>252</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A3" s="1" t="s">
-        <v>144</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A4" s="1" t="s">
-        <v>232</v>
+        <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A5" s="1" t="s">
-        <v>87</v>
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A6" s="1" t="s">
-        <v>120</v>
+        <v>196</v>
       </c>
     </row>
     <row r="7" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A7" s="1" t="s">
-        <v>1</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A8" s="1" t="s">
-        <v>227</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A9" s="1" t="s">
-        <v>76</v>
+        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A10" s="1" t="s">
-        <v>150</v>
+        <v>136</v>
       </c>
     </row>
     <row r="11" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A11" s="1" t="s">
-        <v>32</v>
+        <v>2</v>
       </c>
     </row>
     <row r="12" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A12" s="1" t="s">
-        <v>164</v>
+        <v>137</v>
       </c>
     </row>
     <row r="13" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A13" s="1" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="14" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A14" s="1" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A15" s="1" t="s">
-        <v>165</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A16" s="1" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A17" s="1" t="s">
-        <v>5</v>
+        <v>149</v>
       </c>
     </row>
     <row r="18" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A18" s="1" t="s">
-        <v>140</v>
+        <v>6</v>
       </c>
     </row>
     <row r="19" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A19" s="1" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
     </row>
     <row r="20" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A20" s="1" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A21" s="1" t="s">
-        <v>178</v>
+        <v>84</v>
       </c>
     </row>
     <row r="22" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A22" s="1" t="s">
-        <v>7</v>
+        <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A23" s="1" t="s">
-        <v>77</v>
+        <v>55</v>
       </c>
     </row>
     <row r="24" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A24" s="1" t="s">
-        <v>198</v>
+        <v>8</v>
       </c>
     </row>
     <row r="25" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A25" s="1" t="s">
-        <v>8</v>
+        <v>178</v>
       </c>
     </row>
     <row r="26" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A26" s="1" t="s">
-        <v>100</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A27" s="1" t="s">
-        <v>47</v>
+        <v>210</v>
       </c>
     </row>
     <row r="28" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A28" s="1" t="s">
-        <v>59</v>
+        <v>168</v>
       </c>
     </row>
     <row r="29" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A29" s="1" t="s">
-        <v>9</v>
+        <v>127</v>
       </c>
     </row>
     <row r="30" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A30" s="1" t="s">
-        <v>209</v>
+        <v>138</v>
       </c>
     </row>
     <row r="31" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A31" s="1" t="s">
-        <v>253</v>
+        <v>139</v>
       </c>
     </row>
     <row r="32" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A32" s="1" t="s">
-        <v>242</v>
+        <v>57</v>
       </c>
     </row>
     <row r="33" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A33" s="1" t="s">
-        <v>199</v>
+        <v>49</v>
       </c>
     </row>
     <row r="34" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A34" s="1" t="s">
-        <v>166</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A35" s="1" t="s">
-        <v>151</v>
+        <v>9</v>
       </c>
     </row>
     <row r="36" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A36" s="1" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
     </row>
     <row r="37" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A37" s="1" t="s">
-        <v>168</v>
+        <v>157</v>
       </c>
     </row>
     <row r="38" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A38" s="1" t="s">
-        <v>61</v>
+        <v>128</v>
       </c>
     </row>
     <row r="39" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A39" s="1" t="s">
-        <v>53</v>
+        <v>197</v>
       </c>
     </row>
     <row r="40" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A40" s="1" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
     </row>
     <row r="41" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A41" s="1" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A42" s="1" t="s">
-        <v>208</v>
+        <v>10</v>
       </c>
     </row>
     <row r="43" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A43" s="1" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="44" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A44" s="1" t="s">
-        <v>152</v>
+        <v>225</v>
       </c>
     </row>
     <row r="45" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A45" s="1" t="s">
-        <v>228</v>
+        <v>211</v>
       </c>
     </row>
     <row r="46" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A46" s="1" t="s">
-        <v>122</v>
+        <v>226</v>
       </c>
     </row>
     <row r="47" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A47" s="1" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
     </row>
     <row r="48" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A48" s="1" t="s">
-        <v>11</v>
+        <v>227</v>
       </c>
     </row>
     <row r="49" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A49" s="1" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
     </row>
     <row r="50" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A50" s="1" t="s">
-        <v>86</v>
+        <v>103</v>
       </c>
     </row>
     <row r="51" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A51" s="1" t="s">
-        <v>243</v>
+        <v>169</v>
       </c>
     </row>
     <row r="52" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A52" s="1" t="s">
-        <v>153</v>
+        <v>29</v>
       </c>
     </row>
     <row r="53" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A53" s="1" t="s">
-        <v>101</v>
+        <v>121</v>
       </c>
     </row>
     <row r="54" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A54" s="1" t="s">
-        <v>98</v>
+        <v>188</v>
       </c>
     </row>
     <row r="55" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A55" s="1" t="s">
-        <v>254</v>
+        <v>212</v>
       </c>
     </row>
     <row r="56" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A56" s="1" t="s">
-        <v>123</v>
+        <v>37</v>
       </c>
     </row>
     <row r="57" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A57" s="1" t="s">
-        <v>200</v>
+        <v>38</v>
       </c>
     </row>
     <row r="58" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A58" s="1" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
     </row>
     <row r="59" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A59" s="1" t="s">
-        <v>145</v>
+        <v>170</v>
       </c>
     </row>
     <row r="60" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A60" s="1" t="s">
-        <v>219</v>
+        <v>171</v>
       </c>
     </row>
     <row r="61" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A61" s="1" t="s">
-        <v>244</v>
+        <v>104</v>
       </c>
     </row>
     <row r="62" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A62" s="1" t="s">
-        <v>39</v>
+        <v>69</v>
       </c>
     </row>
     <row r="63" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A63" s="1" t="s">
-        <v>40</v>
+        <v>198</v>
       </c>
     </row>
     <row r="64" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A64" s="1" t="s">
-        <v>72</v>
+        <v>11</v>
       </c>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A65" s="1" t="s">
-        <v>201</v>
+        <v>43</v>
       </c>
     </row>
     <row r="66" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A66" s="1" t="s">
-        <v>202</v>
+        <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A67" s="1" t="s">
-        <v>124</v>
+        <v>189</v>
       </c>
     </row>
     <row r="68" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A68" s="1" t="s">
-        <v>73</v>
+        <v>86</v>
       </c>
     </row>
     <row r="69" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A69" s="1" t="s">
-        <v>229</v>
+        <v>124</v>
       </c>
     </row>
     <row r="70" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A70" s="1" t="s">
-        <v>154</v>
+        <v>50</v>
       </c>
     </row>
     <row r="71" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A71" s="1" t="s">
-        <v>12</v>
+        <v>81</v>
       </c>
     </row>
     <row r="72" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A72" s="1" t="s">
-        <v>45</v>
+        <v>87</v>
       </c>
     </row>
     <row r="73" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A73" s="1" t="s">
-        <v>13</v>
+        <v>217</v>
       </c>
     </row>
     <row r="74" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A74" s="1" t="s">
-        <v>220</v>
+        <v>114</v>
       </c>
     </row>
     <row r="75" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A75" s="1" t="s">
-        <v>233</v>
+        <v>13</v>
       </c>
     </row>
     <row r="76" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A76" s="1" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
     </row>
     <row r="77" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A77" s="1" t="s">
-        <v>148</v>
+        <v>58</v>
       </c>
     </row>
     <row r="78" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A78" s="1" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
     </row>
     <row r="79" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A79" s="1" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
     </row>
     <row r="80" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A80" s="1" t="s">
-        <v>103</v>
+        <v>158</v>
       </c>
     </row>
     <row r="81" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A81" s="1" t="s">
-        <v>249</v>
+        <v>14</v>
       </c>
     </row>
     <row r="82" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A82" s="1" t="s">
-        <v>135</v>
+        <v>147</v>
       </c>
     </row>
     <row r="83" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A83" s="1" t="s">
-        <v>14</v>
+        <v>63</v>
       </c>
     </row>
     <row r="84" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A84" s="1" t="s">
-        <v>138</v>
+        <v>187</v>
       </c>
     </row>
     <row r="85" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A85" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="86" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A86" s="1" t="s">
-        <v>62</v>
+        <v>159</v>
       </c>
     </row>
     <row r="87" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A87" s="1" t="s">
-        <v>78</v>
+        <v>163</v>
       </c>
     </row>
     <row r="88" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A88" s="1" t="s">
-        <v>66</v>
+        <v>202</v>
       </c>
     </row>
     <row r="89" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A89" s="1" t="s">
-        <v>125</v>
+        <v>89</v>
       </c>
     </row>
     <row r="90" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A90" s="1" t="s">
-        <v>187</v>
+        <v>119</v>
       </c>
     </row>
     <row r="91" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A91" s="1" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
     </row>
     <row r="92" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A92" s="1" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="93" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A93" s="1" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
     </row>
     <row r="94" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A94" s="1" t="s">
-        <v>218</v>
+        <v>184</v>
       </c>
     </row>
     <row r="95" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A95" s="1" t="s">
-        <v>126</v>
+        <v>116</v>
       </c>
     </row>
     <row r="96" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A96" s="1" t="s">
-        <v>92</v>
+        <v>150</v>
       </c>
     </row>
     <row r="97" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A97" s="1" t="s">
-        <v>188</v>
+        <v>56</v>
       </c>
     </row>
     <row r="98" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A98" s="1" t="s">
-        <v>194</v>
+        <v>35</v>
       </c>
     </row>
     <row r="99" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A99" s="1" t="s">
-        <v>234</v>
+        <v>151</v>
       </c>
     </row>
     <row r="100" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A100" s="1" t="s">
-        <v>105</v>
+        <v>59</v>
       </c>
     </row>
     <row r="101" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A101" s="1" t="s">
-        <v>143</v>
+        <v>90</v>
       </c>
     </row>
     <row r="102" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A102" s="1" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
     </row>
     <row r="103" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A103" s="1" t="s">
-        <v>203</v>
+        <v>107</v>
       </c>
     </row>
     <row r="104" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A104" s="1" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
     </row>
     <row r="105" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A105" s="1" t="s">
-        <v>215</v>
+        <v>39</v>
       </c>
     </row>
     <row r="106" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A106" s="1" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
     </row>
     <row r="107" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A107" s="1" t="s">
-        <v>179</v>
+        <v>129</v>
       </c>
     </row>
     <row r="108" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A108" s="1" t="s">
-        <v>60</v>
+        <v>222</v>
       </c>
     </row>
     <row r="109" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A109" s="1" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
     </row>
     <row r="110" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A110" s="1" t="s">
-        <v>180</v>
+        <v>140</v>
       </c>
     </row>
     <row r="111" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A111" s="1" t="s">
-        <v>79</v>
+        <v>173</v>
       </c>
     </row>
     <row r="112" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A112" s="1" t="s">
-        <v>63</v>
+        <v>228</v>
       </c>
     </row>
     <row r="113" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A113" s="1" t="s">
-        <v>106</v>
+        <v>32</v>
       </c>
     </row>
     <row r="114" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A114" s="1" t="s">
-        <v>16</v>
+        <v>48</v>
       </c>
     </row>
     <row r="115" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A115" s="1" t="s">
-        <v>127</v>
+        <v>75</v>
       </c>
     </row>
     <row r="116" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A116" s="1" t="s">
-        <v>36</v>
+        <v>229</v>
       </c>
     </row>
     <row r="117" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A117" s="1" t="s">
-        <v>41</v>
+        <v>91</v>
       </c>
     </row>
     <row r="118" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A118" s="1" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
     </row>
     <row r="119" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A119" s="1" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="120" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A120" s="1" t="s">
-        <v>155</v>
+        <v>141</v>
       </c>
     </row>
     <row r="121" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A121" s="1" t="s">
-        <v>255</v>
+        <v>160</v>
       </c>
     </row>
     <row r="122" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A122" s="1" t="s">
-        <v>48</v>
+        <v>130</v>
       </c>
     </row>
     <row r="123" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A123" s="1" t="s">
-        <v>169</v>
+        <v>213</v>
       </c>
     </row>
     <row r="124" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A124" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="125" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A125" s="1" t="s">
-        <v>204</v>
+        <v>190</v>
       </c>
     </row>
     <row r="126" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A126" s="1" t="s">
-        <v>34</v>
+        <v>205</v>
       </c>
     </row>
     <row r="127" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A127" s="1" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
     </row>
     <row r="128" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A128" s="1" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
     </row>
     <row r="129" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A129" s="1" t="s">
-        <v>108</v>
+        <v>53</v>
       </c>
     </row>
     <row r="130" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A130" s="1" t="s">
-        <v>74</v>
+        <v>219</v>
       </c>
     </row>
     <row r="131" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A131" s="1" t="s">
-        <v>18</v>
+        <v>174</v>
       </c>
     </row>
     <row r="132" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A132" s="1" t="s">
-        <v>170</v>
+        <v>18</v>
       </c>
     </row>
     <row r="133" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A133" s="1" t="s">
-        <v>189</v>
+        <v>40</v>
       </c>
     </row>
     <row r="134" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A134" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="135" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A135" s="1" t="s">
-        <v>245</v>
+        <v>142</v>
       </c>
     </row>
     <row r="136" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A136" s="1" t="s">
-        <v>128</v>
+        <v>191</v>
       </c>
     </row>
     <row r="137" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A137" s="1" t="s">
-        <v>221</v>
+        <v>93</v>
       </c>
     </row>
     <row r="138" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A138" s="1" t="s">
-        <v>237</v>
+        <v>79</v>
       </c>
     </row>
     <row r="139" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A139" s="1" t="s">
-        <v>93</v>
+        <v>131</v>
       </c>
     </row>
     <row r="140" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A140" s="1" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="141" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A141" s="1" t="s">
-        <v>57</v>
+        <v>206</v>
       </c>
     </row>
     <row r="142" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A142" s="1" t="s">
-        <v>94</v>
+        <v>143</v>
       </c>
     </row>
     <row r="143" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A143" s="1" t="s">
-        <v>251</v>
+        <v>19</v>
       </c>
     </row>
     <row r="144" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A144" s="1" t="s">
-        <v>205</v>
+        <v>230</v>
       </c>
     </row>
     <row r="145" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A145" s="1" t="s">
-        <v>19</v>
+        <v>94</v>
       </c>
     </row>
     <row r="146" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A146" s="1" t="s">
-        <v>42</v>
+        <v>179</v>
       </c>
     </row>
     <row r="147" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A147" s="1" t="s">
-        <v>191</v>
+        <v>95</v>
       </c>
     </row>
     <row r="148" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A148" s="1" t="s">
-        <v>181</v>
+        <v>231</v>
       </c>
     </row>
     <row r="149" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A149" s="1" t="s">
-        <v>171</v>
+        <v>73</v>
       </c>
     </row>
     <row r="150" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A150" s="1" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="151" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A151" s="1" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="152" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A152" s="1" t="s">
-        <v>91</v>
+        <v>41</v>
       </c>
     </row>
     <row r="153" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A153" s="1" t="s">
-        <v>157</v>
+        <v>111</v>
       </c>
     </row>
     <row r="154" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A154" s="1" t="s">
-        <v>129</v>
+        <v>214</v>
       </c>
     </row>
     <row r="155" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A155" s="1" t="s">
-        <v>238</v>
+        <v>164</v>
       </c>
     </row>
     <row r="156" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A156" s="1" t="s">
-        <v>172</v>
+        <v>64</v>
       </c>
     </row>
     <row r="157" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A157" s="1" t="s">
-        <v>20</v>
+        <v>181</v>
       </c>
     </row>
     <row r="158" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A158" s="1" t="s">
-        <v>111</v>
+        <v>203</v>
       </c>
     </row>
     <row r="159" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A159" s="1" t="s">
-        <v>210</v>
+        <v>175</v>
       </c>
     </row>
     <row r="160" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A160" s="1" t="s">
-        <v>112</v>
+        <v>232</v>
       </c>
     </row>
     <row r="161" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A161" s="1" t="s">
-        <v>80</v>
+        <v>207</v>
       </c>
     </row>
     <row r="162" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A162" s="1" t="s">
-        <v>256</v>
+        <v>144</v>
       </c>
     </row>
     <row r="163" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A163" s="1" t="s">
-        <v>130</v>
+        <v>165</v>
       </c>
     </row>
     <row r="164" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A164" s="1" t="s">
-        <v>43</v>
+        <v>74</v>
       </c>
     </row>
     <row r="165" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A165" s="1" t="s">
-        <v>131</v>
+        <v>166</v>
       </c>
     </row>
     <row r="166" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A166" s="1" t="s">
-        <v>90</v>
+        <v>192</v>
       </c>
     </row>
     <row r="167" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A167" s="1" t="s">
-        <v>246</v>
+        <v>208</v>
       </c>
     </row>
     <row r="168" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A168" s="1" t="s">
-        <v>141</v>
+        <v>96</v>
       </c>
     </row>
     <row r="169" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A169" s="1" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
     </row>
     <row r="170" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A170" s="1" t="s">
-        <v>68</v>
+        <v>46</v>
       </c>
     </row>
     <row r="171" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A171" s="1" t="s">
-        <v>212</v>
+        <v>112</v>
       </c>
     </row>
     <row r="172" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A172" s="1" t="s">
-        <v>235</v>
+        <v>33</v>
       </c>
     </row>
     <row r="173" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A173" s="1" t="s">
-        <v>206</v>
+        <v>215</v>
       </c>
     </row>
     <row r="174" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A174" s="1" t="s">
-        <v>239</v>
+        <v>183</v>
       </c>
     </row>
     <row r="175" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A175" s="1" t="s">
-        <v>173</v>
+        <v>209</v>
       </c>
     </row>
     <row r="176" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A176" s="1" t="s">
-        <v>196</v>
+        <v>65</v>
       </c>
     </row>
     <row r="177" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A177" s="1" t="s">
-        <v>81</v>
+        <v>31</v>
       </c>
     </row>
     <row r="178" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A178" s="1" t="s">
-        <v>197</v>
+        <v>47</v>
       </c>
     </row>
     <row r="179" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A179" s="1" t="s">
-        <v>223</v>
+        <v>193</v>
       </c>
     </row>
     <row r="180" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A180" s="1" t="s">
-        <v>240</v>
+        <v>199</v>
       </c>
     </row>
     <row r="181" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A181" s="1" t="s">
-        <v>192</v>
+        <v>145</v>
       </c>
     </row>
     <row r="182" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A182" s="1" t="s">
-        <v>113</v>
+        <v>60</v>
       </c>
     </row>
     <row r="183" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A183" s="1" t="s">
-        <v>236</v>
+        <v>122</v>
       </c>
     </row>
     <row r="184" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A184" s="1" t="s">
-        <v>49</v>
+        <v>113</v>
       </c>
     </row>
     <row r="185" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A185" s="1" t="s">
-        <v>132</v>
+        <v>61</v>
       </c>
     </row>
     <row r="186" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A186" s="1" t="s">
-        <v>35</v>
+        <v>20</v>
       </c>
     </row>
     <row r="187" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A187" s="1" t="s">
-        <v>247</v>
+        <v>21</v>
       </c>
     </row>
     <row r="188" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A188" s="1" t="s">
-        <v>114</v>
+        <v>162</v>
       </c>
     </row>
     <row r="189" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A189" s="1" t="s">
-        <v>214</v>
+        <v>78</v>
       </c>
     </row>
     <row r="190" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A190" s="1" t="s">
-        <v>241</v>
+        <v>233</v>
       </c>
     </row>
     <row r="191" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A191" s="1" t="s">
-        <v>69</v>
+        <v>135</v>
       </c>
     </row>
     <row r="192" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A192" s="1" t="s">
-        <v>133</v>
+        <v>82</v>
       </c>
     </row>
     <row r="193" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A193" s="1" t="s">
-        <v>115</v>
+        <v>148</v>
       </c>
     </row>
     <row r="194" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A194" s="1" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
     </row>
     <row r="195" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A195" s="1" t="s">
-        <v>50</v>
+        <v>194</v>
       </c>
     </row>
     <row r="196" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A196" s="1" t="s">
-        <v>224</v>
+        <v>23</v>
       </c>
     </row>
     <row r="197" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A197" s="1" t="s">
-        <v>230</v>
+        <v>77</v>
       </c>
     </row>
     <row r="198" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A198" s="1" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
     </row>
     <row r="199" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A199" s="1" t="s">
-        <v>64</v>
+        <v>224</v>
       </c>
     </row>
     <row r="200" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A200" s="1" t="s">
-        <v>51</v>
+        <v>153</v>
       </c>
     </row>
     <row r="201" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A201" s="1" t="s">
-        <v>146</v>
+        <v>118</v>
       </c>
     </row>
     <row r="202" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A202" s="1" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
     </row>
     <row r="203" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A203" s="1" t="s">
-        <v>65</v>
+        <v>161</v>
       </c>
     </row>
     <row r="204" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A204" s="1" t="s">
-        <v>21</v>
+        <v>97</v>
       </c>
     </row>
     <row r="205" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A205" s="1" t="s">
-        <v>85</v>
+        <v>195</v>
       </c>
     </row>
     <row r="206" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A206" s="1" t="s">
-        <v>22</v>
+        <v>76</v>
       </c>
     </row>
     <row r="207" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A207" s="1" t="s">
-        <v>83</v>
+        <v>24</v>
       </c>
     </row>
     <row r="208" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A208" s="1" t="s">
-        <v>193</v>
+        <v>176</v>
       </c>
     </row>
     <row r="209" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A209" s="1" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
     </row>
     <row r="210" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A210" s="1" t="s">
-        <v>23</v>
+        <v>132</v>
       </c>
     </row>
     <row r="211" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A211" s="1" t="s">
-        <v>163</v>
+        <v>154</v>
       </c>
     </row>
     <row r="212" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A212" s="1" t="s">
-        <v>96</v>
+        <v>66</v>
       </c>
     </row>
     <row r="213" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A213" s="1" t="s">
-        <v>177</v>
+        <v>234</v>
       </c>
     </row>
     <row r="214" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A214" s="1" t="s">
-        <v>24</v>
+        <v>54</v>
       </c>
     </row>
     <row r="215" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A215" s="1" t="s">
-        <v>225</v>
+        <v>83</v>
       </c>
     </row>
     <row r="216" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A216" s="1" t="s">
-        <v>25</v>
+        <v>125</v>
       </c>
     </row>
     <row r="217" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A217" s="1" t="s">
-        <v>88</v>
+        <v>155</v>
       </c>
     </row>
     <row r="218" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A218" s="1" t="s">
-        <v>216</v>
+        <v>123</v>
       </c>
     </row>
     <row r="219" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A219" s="1" t="s">
-        <v>158</v>
+        <v>200</v>
       </c>
     </row>
     <row r="220" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A220" s="1" t="s">
-        <v>182</v>
+        <v>218</v>
       </c>
     </row>
     <row r="221" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A221" s="1" t="s">
-        <v>142</v>
+        <v>98</v>
       </c>
     </row>
     <row r="222" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A222" s="1" t="s">
-        <v>136</v>
+        <v>186</v>
       </c>
     </row>
     <row r="223" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A223" s="1" t="s">
-        <v>190</v>
+        <v>133</v>
       </c>
     </row>
     <row r="224" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A224" s="1" t="s">
-        <v>116</v>
+        <v>36</v>
       </c>
     </row>
     <row r="225" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A225" s="1" t="s">
-        <v>117</v>
+        <v>134</v>
       </c>
     </row>
     <row r="226" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A226" s="1" t="s">
-        <v>159</v>
+        <v>51</v>
       </c>
     </row>
     <row r="227" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A227" s="1" t="s">
-        <v>226</v>
+        <v>146</v>
       </c>
     </row>
     <row r="228" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A228" s="1" t="s">
-        <v>84</v>
+        <v>26</v>
       </c>
     </row>
     <row r="229" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A229" s="1" t="s">
-        <v>26</v>
+        <v>67</v>
       </c>
     </row>
     <row r="230" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A230" s="1" t="s">
-        <v>207</v>
+        <v>156</v>
       </c>
     </row>
     <row r="231" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A231" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="232" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A232" s="1" t="s">
-        <v>160</v>
+        <v>180</v>
       </c>
     </row>
     <row r="233" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A233" s="1" t="s">
-        <v>183</v>
+        <v>99</v>
       </c>
     </row>
     <row r="234" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A234" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="235" spans="1:1" x14ac:dyDescent="0.35">
       <c r="A235" s="1" t="s">
-        <v>58</v>
-[...109 lines deleted...]
-        <v>248</v>
+        <v>216</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A1048457">
-    <sortCondition ref="A1:A1048457"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:A1048444">
+    <sortCondition ref="A1:A1048444"/>
   </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>